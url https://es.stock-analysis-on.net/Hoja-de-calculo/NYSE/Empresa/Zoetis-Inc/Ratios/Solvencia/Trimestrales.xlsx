--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2246,60 +2246,60 @@
       <c r="C26" s="8">
         <v>0.1</v>
       </c>
       <c r="D26" s="8">
         <v>0.11</v>
       </c>
       <c r="E26" s="8">
         <v>0.11</v>
       </c>
       <c r="F26" s="8">
         <v>0.11</v>
       </c>
       <c r="G26" s="8">
         <v>0.12</v>
       </c>
       <c r="H26" s="8">
         <v>0.13</v>
       </c>
       <c r="I26" s="8">
         <v>0.13</v>
       </c>
       <c r="J26" s="8">
         <v>0.14</v>
       </c>
       <c r="K26" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="8">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="8">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="O26" s="8">
         <v>0.0</v>
       </c>
       <c r="P26" s="8">
         <v>0.0</v>
       </c>
       <c r="Q26" s="8">
         <v>0.0</v>
       </c>
       <c r="R26" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="8">
         <v>0.78</v>
       </c>
       <c r="C27" s="8">
         <v>0.75</v>
       </c>
       <c r="D27" s="8">
@@ -4082,60 +4082,60 @@
       <c r="C26" s="8">
         <v>0.09</v>
       </c>
       <c r="D26" s="8">
         <v>0.1</v>
       </c>
       <c r="E26" s="8">
         <v>0.1</v>
       </c>
       <c r="F26" s="8">
         <v>0.1</v>
       </c>
       <c r="G26" s="8">
         <v>0.11</v>
       </c>
       <c r="H26" s="8">
         <v>0.11</v>
       </c>
       <c r="I26" s="8">
         <v>0.12</v>
       </c>
       <c r="J26" s="8">
         <v>0.12</v>
       </c>
       <c r="K26" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="O26" s="8">
         <v>0.0</v>
       </c>
       <c r="P26" s="8">
         <v>0.0</v>
       </c>
       <c r="Q26" s="8">
         <v>0.0</v>
       </c>
       <c r="R26" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="8">
         <v>0.44</v>
       </c>
       <c r="C27" s="8">
         <v>0.43</v>
       </c>
       <c r="D27" s="8">
@@ -5918,60 +5918,60 @@
       <c r="C26" s="8">
         <v>0.08</v>
       </c>
       <c r="D26" s="8">
         <v>0.08</v>
       </c>
       <c r="E26" s="8">
         <v>0.09</v>
       </c>
       <c r="F26" s="8">
         <v>0.09</v>
       </c>
       <c r="G26" s="8">
         <v>0.09</v>
       </c>
       <c r="H26" s="8">
         <v>0.1</v>
       </c>
       <c r="I26" s="8">
         <v>0.1</v>
       </c>
       <c r="J26" s="8">
         <v>0.1</v>
       </c>
       <c r="K26" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="O26" s="8">
         <v>0.0</v>
       </c>
       <c r="P26" s="8">
         <v>0.0</v>
       </c>
       <c r="Q26" s="8">
         <v>0.0</v>
       </c>
       <c r="R26" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="8">
         <v>0.37</v>
       </c>
       <c r="C27" s="8">
         <v>0.35</v>
       </c>
       <c r="D27" s="8">
@@ -7530,60 +7530,60 @@
       <c r="C22" s="8">
         <v>1.27</v>
       </c>
       <c r="D22" s="8">
         <v>1.29</v>
       </c>
       <c r="E22" s="8">
         <v>1.28</v>
       </c>
       <c r="F22" s="8">
         <v>1.28</v>
       </c>
       <c r="G22" s="8">
         <v>1.29</v>
       </c>
       <c r="H22" s="8">
         <v>1.29</v>
       </c>
       <c r="I22" s="8">
         <v>1.32</v>
       </c>
       <c r="J22" s="8">
         <v>1.32</v>
       </c>
       <c r="K22" s="8">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="8">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="8">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
         <v>0.0</v>
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="8">
         <v>2.13</v>
       </c>
       <c r="C23" s="8">
         <v>2.11</v>
       </c>
       <c r="D23" s="8">
@@ -8392,60 +8392,60 @@
       <c r="C20" s="8">
         <v>58.52</v>
       </c>
       <c r="D20" s="8">
         <v>61.7</v>
       </c>
       <c r="E20" s="8">
         <v>69.61</v>
       </c>
       <c r="F20" s="8">
         <v>73.97</v>
       </c>
       <c r="G20" s="8">
         <v>82.8</v>
       </c>
       <c r="H20" s="8">
         <v>108.62</v>
       </c>
       <c r="I20" s="8">
         <v>116.34999999999999</v>
       </c>
       <c r="J20" s="8">
         <v>163.24000000000001</v>
       </c>
       <c r="K20" s="8">
-        <v>163.75</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="8">
-        <v>139.74000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="8">
-        <v>104.12</v>
+        <v>0.0</v>
       </c>
       <c r="N20" s="8">
-        <v>68.2</v>
+        <v>0.0</v>
       </c>
       <c r="O20" s="8">
         <v>0.0</v>
       </c>
       <c r="P20" s="8">
         <v>0.0</v>
       </c>
       <c r="Q20" s="8">
         <v>0.0</v>
       </c>
       <c r="R20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="8">
         <v>5.53</v>
       </c>
       <c r="C21" s="8">
         <v>5.54</v>
       </c>
       <c r="D21" s="8">