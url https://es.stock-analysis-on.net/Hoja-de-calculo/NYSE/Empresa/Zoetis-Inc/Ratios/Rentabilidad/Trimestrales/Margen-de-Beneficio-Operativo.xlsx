--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1359,60 +1359,60 @@
       <c r="C22" s="13">
         <v>0.3085</v>
       </c>
       <c r="D22" s="13">
         <v>0.3223</v>
       </c>
       <c r="E22" s="13">
         <v>0.342</v>
       </c>
       <c r="F22" s="13">
         <v>0.3579</v>
       </c>
       <c r="G22" s="13">
         <v>0.3893</v>
       </c>
       <c r="H22" s="13">
         <v>0.4545</v>
       </c>
       <c r="I22" s="13">
         <v>0.4819</v>
       </c>
       <c r="J22" s="13">
         <v>0.5508</v>
       </c>
       <c r="K22" s="13">
-        <v>0.5567</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="13">
-        <v>0.5519</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="13">
-        <v>0.5394</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="13">
-        <v>0.4337</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="13">
         <v>0.0</v>
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
       <c r="R22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>0.1638</v>
       </c>
       <c r="C23" s="13">
         <v>0.16</v>
       </c>
       <c r="D23" s="13">