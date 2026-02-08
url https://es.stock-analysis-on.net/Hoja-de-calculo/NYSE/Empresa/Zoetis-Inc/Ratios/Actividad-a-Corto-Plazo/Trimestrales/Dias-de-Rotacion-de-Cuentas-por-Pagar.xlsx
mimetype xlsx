--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1241,60 +1241,60 @@
       <c r="C20" s="13">
         <v>122.0</v>
       </c>
       <c r="D20" s="13">
         <v>106.0</v>
       </c>
       <c r="E20" s="13">
         <v>116.0</v>
       </c>
       <c r="F20" s="13">
         <v>136.0</v>
       </c>
       <c r="G20" s="13">
         <v>138.0</v>
       </c>
       <c r="H20" s="13">
         <v>98.0</v>
       </c>
       <c r="I20" s="13">
         <v>91.0</v>
       </c>
       <c r="J20" s="13">
         <v>68.0</v>
       </c>
       <c r="K20" s="13">
-        <v>84.0</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="13">
-        <v>86.0</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="13">
-        <v>107.0</v>
+        <v>0.0</v>
       </c>
       <c r="N20" s="13">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
       <c r="O20" s="13">
         <v>0.0</v>
       </c>
       <c r="P20" s="13">
         <v>0.0</v>
       </c>
       <c r="Q20" s="13">
         <v>0.0</v>
       </c>
       <c r="R20" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="13">
         <v>37.0</v>
       </c>
       <c r="C21" s="13">
         <v>41.0</v>
       </c>
       <c r="D21" s="13">