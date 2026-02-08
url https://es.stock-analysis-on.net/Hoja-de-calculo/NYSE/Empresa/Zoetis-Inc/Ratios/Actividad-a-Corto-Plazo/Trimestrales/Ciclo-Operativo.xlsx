--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1304,60 +1304,60 @@
       <c r="C22" s="8">
         <v>677.0</v>
       </c>
       <c r="D22" s="8">
         <v>664.0</v>
       </c>
       <c r="E22" s="8">
         <v>680.0</v>
       </c>
       <c r="F22" s="8">
         <v>700.0</v>
       </c>
       <c r="G22" s="8">
         <v>722.0</v>
       </c>
       <c r="H22" s="8">
         <v>588.0</v>
       </c>
       <c r="I22" s="8">
         <v>511.0</v>
       </c>
       <c r="J22" s="8">
         <v>394.0</v>
       </c>
       <c r="K22" s="8">
-        <v>429.0</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="8">
-        <v>562.0</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="8">
-        <v>651.0</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>819.0</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
         <v>0.0</v>
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="8">
         <v>142.0</v>
       </c>
       <c r="C23" s="8">
         <v>142.0</v>
       </c>
       <c r="D23" s="8">