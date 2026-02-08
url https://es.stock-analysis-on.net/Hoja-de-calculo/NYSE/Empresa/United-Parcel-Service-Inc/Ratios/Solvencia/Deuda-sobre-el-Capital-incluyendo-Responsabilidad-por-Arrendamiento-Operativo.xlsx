--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -853,51 +853,51 @@
       </c>
       <c r="E19" s="15">
         <v>0.44</v>
       </c>
       <c r="F19" s="15">
         <v>0.44</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="15">
         <v>0.66</v>
       </c>
       <c r="C20" s="15">
         <v>0.7</v>
       </c>
       <c r="D20" s="15">
         <v>0.74</v>
       </c>
       <c r="E20" s="15">
         <v>0.69</v>
       </c>
       <c r="F20" s="15">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="15">
         <v>0.73</v>
       </c>
       <c r="C21" s="15">
         <v>0.8</v>
       </c>
       <c r="D21" s="15">
         <v>0.84</v>
       </c>
       <c r="E21" s="15">
         <v>0.89</v>
       </c>
       <c r="F21" s="15">
         <v>0.85</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>18</v>