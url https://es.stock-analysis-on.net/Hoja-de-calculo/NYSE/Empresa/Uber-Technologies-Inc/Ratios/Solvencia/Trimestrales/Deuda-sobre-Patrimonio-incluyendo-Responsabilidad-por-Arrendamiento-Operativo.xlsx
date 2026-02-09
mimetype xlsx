--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1201,60 +1201,60 @@
       <c r="I19" s="15">
         <v>2.29</v>
       </c>
       <c r="J19" s="15">
         <v>2.44</v>
       </c>
       <c r="K19" s="15">
         <v>2.62</v>
       </c>
       <c r="L19" s="15">
         <v>2.81</v>
       </c>
       <c r="M19" s="15">
         <v>2.85</v>
       </c>
       <c r="N19" s="15">
         <v>2.96</v>
       </c>
       <c r="O19" s="15">
         <v>2.62</v>
       </c>
       <c r="P19" s="15">
         <v>2.82</v>
       </c>
       <c r="Q19" s="15">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="R19" s="15">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="S19" s="15">
-        <v>2.1</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="15">
-        <v>1.71</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="15">
         <v>2.19</v>
       </c>
       <c r="C20" s="15">
         <v>2.45</v>
       </c>
       <c r="D20" s="15">
         <v>2.61</v>
       </c>
       <c r="E20" s="15">
         <v>2.65</v>
       </c>
       <c r="F20" s="15">
         <v>2.92</v>
       </c>
       <c r="G20" s="15">
         <v>3.25</v>
       </c>
       <c r="H20" s="15">