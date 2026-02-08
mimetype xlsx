--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -935,60 +935,60 @@
       <c r="I14" s="13">
         <v>0.36</v>
       </c>
       <c r="J14" s="13">
         <v>0.36</v>
       </c>
       <c r="K14" s="13">
         <v>0.38</v>
       </c>
       <c r="L14" s="13">
         <v>0.38</v>
       </c>
       <c r="M14" s="13">
         <v>0.38</v>
       </c>
       <c r="N14" s="13">
         <v>0.37</v>
       </c>
       <c r="O14" s="13">
         <v>0.36</v>
       </c>
       <c r="P14" s="13">
         <v>0.35</v>
       </c>
       <c r="Q14" s="13">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>0.76</v>
       </c>
       <c r="C15" s="13">
         <v>0.75</v>
       </c>
       <c r="D15" s="13">
         <v>0.76</v>
       </c>
       <c r="E15" s="13">
         <v>0.77</v>
       </c>
       <c r="F15" s="13">
         <v>0.77</v>
       </c>
       <c r="G15" s="13">
         <v>0.76</v>
       </c>
       <c r="H15" s="13">