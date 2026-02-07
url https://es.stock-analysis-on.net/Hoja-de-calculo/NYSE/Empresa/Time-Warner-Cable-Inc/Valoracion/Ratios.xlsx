--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -776,196 +776,196 @@
       <c r="B13" s="7">
         <v>83.23</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="7">
         <v>31.59</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="10">
         <v>32.54</v>
       </c>
       <c r="C16" s="10">
-        <v>30.33</v>
+        <v>29.57</v>
       </c>
       <c r="D16" s="10">
-        <v>5.55</v>
+        <v>5.64</v>
       </c>
       <c r="E16" s="10">
-        <v>28.039999999999999</v>
+        <v>27.68</v>
       </c>
       <c r="F16" s="10">
-        <v>31.09</v>
+        <v>31.61</v>
       </c>
       <c r="G16" s="10">
-        <v>32.28</v>
+        <v>33.27</v>
       </c>
       <c r="H16" s="10">
-        <v>14.99</v>
+        <v>15.52</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10">
         <v>28.41</v>
       </c>
       <c r="C17" s="10">
-        <v>23.7</v>
+        <v>23.11</v>
       </c>
       <c r="D17" s="10">
-        <v>4.98</v>
+        <v>5.07</v>
       </c>
       <c r="E17" s="10">
-        <v>22.13</v>
+        <v>21.84</v>
       </c>
       <c r="F17" s="10">
-        <v>23.65</v>
+        <v>24.039999999999999</v>
       </c>
       <c r="G17" s="10">
-        <v>28.98</v>
+        <v>29.86</v>
       </c>
       <c r="H17" s="10">
-        <v>14.75</v>
+        <v>15.27</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="10">
         <v>2.24</v>
       </c>
       <c r="C18" s="10">
-        <v>1.09</v>
+        <v>1.06</v>
       </c>
       <c r="D18" s="10">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
       <c r="E18" s="10">
-        <v>1.05</v>
+        <v>1.03</v>
       </c>
       <c r="F18" s="10">
-        <v>0.99</v>
+        <v>1.0</v>
       </c>
       <c r="G18" s="10">
-        <v>2.83</v>
+        <v>2.92</v>
       </c>
       <c r="H18" s="10">
-        <v>9.11</v>
+        <v>9.43</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="10">
         <v>14.16</v>
       </c>
       <c r="C19" s="10">
-        <v>31.059999999999999</v>
+        <v>30.29</v>
       </c>
       <c r="D19" s="10">
-        <v>5.37</v>
+        <v>5.46</v>
       </c>
       <c r="E19" s="10">
-        <v>20.36</v>
+        <v>20.09</v>
       </c>
       <c r="F19" s="10">
-        <v>25.62</v>
+        <v>26.039999999999999</v>
       </c>
       <c r="G19" s="10">
-        <v>29.71</v>
+        <v>30.61</v>
       </c>
       <c r="H19" s="10">
-        <v>14.29</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="10">
         <v>2.53</v>
       </c>
       <c r="C20" s="10">
-        <v>9.95</v>
+        <v>9.7</v>
       </c>
       <c r="D20" s="10">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="E20" s="10">
-        <v>8.44</v>
+        <v>8.33</v>
       </c>
       <c r="F20" s="10">
-        <v>7.56</v>
+        <v>7.68</v>
       </c>
       <c r="G20" s="10">
-        <v>5.19</v>
+        <v>5.35</v>
       </c>
       <c r="H20" s="10">
-        <v>1.97</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="10">
         <v>6.67</v>
       </c>
       <c r="C21" s="10">
-        <v>9.65</v>
+        <v>9.41</v>
       </c>
       <c r="D21" s="10">
-        <v>1.15</v>
+        <v>1.16</v>
       </c>
       <c r="E21" s="10">
-        <v>7.8</v>
+        <v>7.7</v>
       </c>
       <c r="F21" s="10">
-        <v>12.83</v>
+        <v>13.039999999999999</v>
       </c>
       <c r="G21" s="10">
-        <v>4.3</v>
+        <v>4.43</v>
       </c>
       <c r="H21" s="10">
-        <v>1.69</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>