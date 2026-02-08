--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1452,60 +1452,60 @@
       <c r="I22" s="13">
         <v>0.51</v>
       </c>
       <c r="J22" s="13">
         <v>0.53</v>
       </c>
       <c r="K22" s="13">
         <v>0.53</v>
       </c>
       <c r="L22" s="13">
         <v>0.53</v>
       </c>
       <c r="M22" s="13">
         <v>0.54</v>
       </c>
       <c r="N22" s="13">
         <v>0.64</v>
       </c>
       <c r="O22" s="13">
         <v>0.69</v>
       </c>
       <c r="P22" s="13">
         <v>0.83</v>
       </c>
       <c r="Q22" s="13">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="R22" s="13">
-        <v>0.78</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="13">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="13">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>0.68</v>
       </c>
       <c r="C23" s="13">
         <v>0.66</v>
       </c>
       <c r="D23" s="13">
         <v>0.67</v>
       </c>
       <c r="E23" s="13">
         <v>0.67</v>
       </c>
       <c r="F23" s="13">
         <v>0.68</v>
       </c>
       <c r="G23" s="13">
         <v>0.7</v>
       </c>
       <c r="H23" s="13">