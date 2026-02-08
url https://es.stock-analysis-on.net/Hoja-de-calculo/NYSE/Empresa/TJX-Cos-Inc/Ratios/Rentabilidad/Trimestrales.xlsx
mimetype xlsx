--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1481,108 +1481,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0</v>
       </c>
       <c r="C13" s="8">
         <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>0.0</v>
+        <v>0.5029</v>
       </c>
       <c r="F13" s="8">
         <v>0.5005</v>
       </c>
       <c r="G13" s="8">
         <v>0.4961</v>
       </c>
       <c r="H13" s="8">
         <v>0.4916</v>
       </c>
       <c r="I13" s="8">
         <v>0.4885</v>
       </c>
       <c r="J13" s="8">
         <v>0.4841</v>
       </c>
       <c r="K13" s="8">
         <v>0.4804</v>
       </c>
       <c r="L13" s="8">
         <v>0.4759</v>
       </c>
       <c r="M13" s="8">
         <v>0.4698</v>
       </c>
       <c r="N13" s="8">
         <v>0.4624</v>
       </c>
       <c r="O13" s="8">
         <v>0.4553</v>
       </c>
       <c r="P13" s="8">
         <v>0.4473</v>
       </c>
       <c r="Q13" s="8">
         <v>0.4381</v>
       </c>
       <c r="R13" s="8">
         <v>0.4304</v>
       </c>
       <c r="S13" s="8">
         <v>0.4265</v>
       </c>
       <c r="T13" s="8">
         <v>0.4214</v>
       </c>
       <c r="U13" s="8">
-        <v>0.4203</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="8">
-        <v>0.4131</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="8">
-        <v>0.4068</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="8">
-        <v>0.4001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="8">
         <v>0.3336</v>
       </c>
       <c r="C14" s="8">
         <v>0.3335</v>
       </c>
       <c r="D14" s="8">
         <v>0.3334</v>
       </c>
       <c r="E14" s="8">
         <v>0.3342</v>
       </c>
       <c r="F14" s="8">
         <v>0.335</v>
       </c>
       <c r="G14" s="8">
         <v>0.336</v>
       </c>
       <c r="H14" s="8">
@@ -2083,108 +2083,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0</v>
       </c>
       <c r="C13" s="8">
         <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>0.0</v>
+        <v>0.1116</v>
       </c>
       <c r="F13" s="8">
         <v>0.1102</v>
       </c>
       <c r="G13" s="8">
         <v>0.1137</v>
       </c>
       <c r="H13" s="8">
         <v>0.1102</v>
       </c>
       <c r="I13" s="8">
         <v>0.1075</v>
       </c>
       <c r="J13" s="8">
         <v>0.0977</v>
       </c>
       <c r="K13" s="8">
         <v>0.09</v>
       </c>
       <c r="L13" s="8">
         <v>0.0802</v>
       </c>
       <c r="M13" s="8">
         <v>0.0641</v>
       </c>
       <c r="N13" s="8">
         <v>0.0476</v>
       </c>
       <c r="O13" s="8">
         <v>0.0329</v>
       </c>
       <c r="P13" s="8">
         <v>0.0254</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0238</v>
       </c>
       <c r="R13" s="8">
         <v>0.0258</v>
       </c>
       <c r="S13" s="8">
         <v>0.0315</v>
       </c>
       <c r="T13" s="8">
         <v>0.0412</v>
       </c>
       <c r="U13" s="8">
-        <v>0.053</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="8">
-        <v>0.0618</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="8">
-        <v>0.0668</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="8">
-        <v>0.0663</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="8">
         <v>0.1296</v>
       </c>
       <c r="C14" s="8">
         <v>0.1309</v>
       </c>
       <c r="D14" s="8">
         <v>0.1324</v>
       </c>
       <c r="E14" s="8">
         <v>0.1349</v>
       </c>
       <c r="F14" s="8">
         <v>0.137</v>
       </c>
       <c r="G14" s="8">
         <v>0.1391</v>
       </c>
       <c r="H14" s="8">
@@ -2685,108 +2685,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0</v>
       </c>
       <c r="C13" s="8">
         <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>0.0</v>
+        <v>0.1083</v>
       </c>
       <c r="F13" s="8">
         <v>0.1106</v>
       </c>
       <c r="G13" s="8">
         <v>0.1054</v>
       </c>
       <c r="H13" s="8">
         <v>0.1014</v>
       </c>
       <c r="I13" s="8">
         <v>0.0929</v>
       </c>
       <c r="J13" s="8">
         <v>0.0804</v>
       </c>
       <c r="K13" s="8">
         <v>0.0735</v>
       </c>
       <c r="L13" s="8">
         <v>0.0638</v>
       </c>
       <c r="M13" s="8">
         <v>0.0529</v>
       </c>
       <c r="N13" s="8">
         <v>0.0362</v>
       </c>
       <c r="O13" s="8">
         <v>0.0243</v>
       </c>
       <c r="P13" s="8">
         <v>0.0082</v>
       </c>
       <c r="Q13" s="8">
         <v>-0.0053</v>
       </c>
       <c r="R13" s="8">
         <v>0.0225</v>
       </c>
       <c r="S13" s="8">
         <v>0.0239</v>
       </c>
       <c r="T13" s="8">
         <v>0.0448</v>
       </c>
       <c r="U13" s="8">
-        <v>0.071</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="8">
-        <v>0.0573</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="8">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="8">
-        <v>0.0642</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="8">
         <v>0.0877</v>
       </c>
       <c r="C14" s="8">
         <v>0.0886</v>
       </c>
       <c r="D14" s="8">
         <v>0.0898</v>
       </c>
       <c r="E14" s="8">
         <v>0.0928</v>
       </c>
       <c r="F14" s="8">
         <v>0.0945</v>
       </c>
       <c r="G14" s="8">
         <v>0.0971</v>
       </c>
       <c r="H14" s="8">
@@ -3287,108 +3287,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="13" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0</v>
       </c>
       <c r="C13" s="8">
         <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>0.0</v>
+        <v>0.1889</v>
       </c>
       <c r="F13" s="8">
         <v>0.2069</v>
       </c>
       <c r="G13" s="8">
         <v>0.2116</v>
       </c>
       <c r="H13" s="8">
         <v>0.2156</v>
       </c>
       <c r="I13" s="8">
         <v>0.2072</v>
       </c>
       <c r="J13" s="8">
         <v>0.1924</v>
       </c>
       <c r="K13" s="8">
         <v>0.1879</v>
       </c>
       <c r="L13" s="8">
         <v>0.1739</v>
       </c>
       <c r="M13" s="8">
         <v>0.1507</v>
       </c>
       <c r="N13" s="8">
         <v>0.1097</v>
       </c>
       <c r="O13" s="8">
         <v>0.0775</v>
       </c>
       <c r="P13" s="8">
         <v>0.0278</v>
       </c>
       <c r="Q13" s="8">
         <v>-0.0186</v>
       </c>
       <c r="R13" s="8">
         <v>0.0824</v>
       </c>
       <c r="S13" s="8">
         <v>0.0883</v>
       </c>
       <c r="T13" s="8">
         <v>0.1598</v>
       </c>
       <c r="U13" s="8">
-        <v>0.2413</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="8">
-        <v>0.2178</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="8">
-        <v>0.2564</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="8">
-        <v>0.2604</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="8">
         <v>1.2035</v>
       </c>
       <c r="C14" s="8">
         <v>1.3717</v>
       </c>
       <c r="D14" s="8">
         <v>1.8402</v>
       </c>
       <c r="E14" s="8">
         <v>2.2298</v>
       </c>
       <c r="F14" s="8">
         <v>2.5251</v>
       </c>
       <c r="G14" s="8">
         <v>3.3421</v>
       </c>
       <c r="H14" s="8">
@@ -3889,108 +3889,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0</v>
       </c>
       <c r="C13" s="8">
         <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>0.0</v>
+        <v>0.0949</v>
       </c>
       <c r="F13" s="8">
         <v>0.1051</v>
       </c>
       <c r="G13" s="8">
         <v>0.1035</v>
       </c>
       <c r="H13" s="8">
         <v>0.1025</v>
       </c>
       <c r="I13" s="8">
         <v>0.0948</v>
       </c>
       <c r="J13" s="8">
         <v>0.0853</v>
       </c>
       <c r="K13" s="8">
         <v>0.0801</v>
       </c>
       <c r="L13" s="8">
         <v>0.071</v>
       </c>
       <c r="M13" s="8">
         <v>0.0576</v>
       </c>
       <c r="N13" s="8">
         <v>0.0412</v>
       </c>
       <c r="O13" s="8">
         <v>0.0274</v>
       </c>
       <c r="P13" s="8">
         <v>0.0092</v>
       </c>
       <c r="Q13" s="8">
         <v>-0.0059</v>
       </c>
       <c r="R13" s="8">
         <v>0.0264</v>
       </c>
       <c r="S13" s="8">
         <v>0.0277</v>
       </c>
       <c r="T13" s="8">
         <v>0.0521</v>
       </c>
       <c r="U13" s="8">
-        <v>0.0793</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="8">
-        <v>0.0687</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="8">
-        <v>0.0817</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="8">
-        <v>0.0833</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="8">
         <v>0.1372</v>
       </c>
       <c r="C14" s="8">
         <v>0.1462</v>
       </c>
       <c r="D14" s="8">
         <v>0.1476</v>
       </c>
       <c r="E14" s="8">
         <v>0.154</v>
       </c>
       <c r="F14" s="8">
         <v>0.1502</v>
       </c>
       <c r="G14" s="8">
         <v>0.1525</v>
       </c>
       <c r="H14" s="8">