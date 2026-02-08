--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1847,108 +1847,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>0.0</v>
       </c>
       <c r="C13" s="8">
         <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>0.0</v>
+        <v>9.3</v>
       </c>
       <c r="F13" s="8">
         <v>8.32</v>
       </c>
       <c r="G13" s="8">
         <v>8.27</v>
       </c>
       <c r="H13" s="8">
         <v>9.22</v>
       </c>
       <c r="I13" s="8">
         <v>9.54</v>
       </c>
       <c r="J13" s="8">
         <v>8.86</v>
       </c>
       <c r="K13" s="8">
         <v>9.21</v>
       </c>
       <c r="L13" s="8">
         <v>9.94</v>
       </c>
       <c r="M13" s="8">
         <v>9.15</v>
       </c>
       <c r="N13" s="8">
         <v>8.41</v>
       </c>
       <c r="O13" s="8">
         <v>8.0099999999999998</v>
       </c>
       <c r="P13" s="8">
         <v>8.49</v>
       </c>
       <c r="Q13" s="8">
         <v>8.4</v>
       </c>
       <c r="R13" s="8">
         <v>7.8</v>
       </c>
       <c r="S13" s="8">
         <v>7.3</v>
       </c>
       <c r="T13" s="8">
         <v>7.9</v>
       </c>
       <c r="U13" s="8">
-        <v>8.34</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="8">
-        <v>8.69</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="8">
-        <v>10.9</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="8">
-        <v>10.54</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="17" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>4.23</v>
       </c>
       <c r="C14" s="8">
         <v>4.43</v>
       </c>
       <c r="D14" s="8">
         <v>4.22</v>
       </c>
       <c r="E14" s="8">
         <v>4.53</v>
       </c>
       <c r="F14" s="8">
         <v>4.3</v>
       </c>
       <c r="G14" s="8">
         <v>4.38</v>
       </c>
       <c r="H14" s="8">
@@ -2977,108 +2977,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>0.0</v>
       </c>
       <c r="C13" s="8">
         <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>0.0</v>
+        <v>2.92</v>
       </c>
       <c r="F13" s="8">
         <v>3.26</v>
       </c>
       <c r="G13" s="8">
         <v>3.44</v>
       </c>
       <c r="H13" s="8">
         <v>3.7</v>
       </c>
       <c r="I13" s="8">
         <v>3.46</v>
       </c>
       <c r="J13" s="8">
         <v>3.78</v>
       </c>
       <c r="K13" s="8">
         <v>3.84</v>
       </c>
       <c r="L13" s="8">
         <v>4.24</v>
       </c>
       <c r="M13" s="8">
         <v>3.59</v>
       </c>
       <c r="N13" s="8">
         <v>4.14</v>
       </c>
       <c r="O13" s="8">
         <v>4.22</v>
       </c>
       <c r="P13" s="8">
         <v>4.34</v>
       </c>
       <c r="Q13" s="8">
         <v>3.63</v>
       </c>
       <c r="R13" s="8">
         <v>4.22</v>
       </c>
       <c r="S13" s="8">
         <v>3.91</v>
       </c>
       <c r="T13" s="8">
         <v>4.03</v>
       </c>
       <c r="U13" s="8">
-        <v>3.46</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="8">
-        <v>3.76</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="8">
-        <v>3.98</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="8">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="17" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>8.37</v>
       </c>
       <c r="C14" s="8">
         <v>8.41</v>
       </c>
       <c r="D14" s="8">
         <v>7.39</v>
       </c>
       <c r="E14" s="8">
         <v>8.9</v>
       </c>
       <c r="F14" s="8">
         <v>7.61</v>
       </c>
       <c r="G14" s="8">
         <v>7.65</v>
       </c>
       <c r="H14" s="8">
@@ -3727,108 +3727,108 @@
     </row>
     <row r="14" spans="1:24" customHeight="1" ht="34.8">
       <c r="A14" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:24" customHeight="1" ht="28.8">
       <c r="A15" s="16" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="8">
         <v>0.0</v>
       </c>
       <c r="C16" s="8">
         <v>0.0</v>
       </c>
       <c r="D16" s="8">
         <v>0.0</v>
       </c>
       <c r="E16" s="8">
-        <v>0.0</v>
+        <v>64.72</v>
       </c>
       <c r="F16" s="8">
         <v>413.97000000000003</v>
       </c>
       <c r="G16" s="8">
         <v>148.93000000000001</v>
       </c>
       <c r="H16" s="8">
         <v>76.73999999999999</v>
       </c>
       <c r="I16" s="8">
         <v>55.79</v>
       </c>
       <c r="J16" s="8">
         <v>43.32</v>
       </c>
       <c r="K16" s="8">
         <v>39.93</v>
       </c>
       <c r="L16" s="8">
         <v>53.59</v>
       </c>
       <c r="M16" s="8">
         <v>77.31999999999999</v>
       </c>
       <c r="N16" s="8">
         <v>0.0</v>
       </c>
       <c r="O16" s="8">
         <v>0.0</v>
       </c>
       <c r="P16" s="8">
         <v>0.0</v>
       </c>
       <c r="Q16" s="8">
         <v>0.0</v>
       </c>
       <c r="R16" s="8">
         <v>0.0</v>
       </c>
       <c r="S16" s="8">
         <v>0.0</v>
       </c>
       <c r="T16" s="8">
         <v>0.0</v>
       </c>
       <c r="U16" s="8">
-        <v>24.33</v>
+        <v>0.0</v>
       </c>
       <c r="V16" s="8">
-        <v>31.5</v>
+        <v>0.0</v>
       </c>
       <c r="W16" s="8">
-        <v>19.23</v>
+        <v>0.0</v>
       </c>
       <c r="X16" s="8">
-        <v>69.81</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="17" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="8">
         <v>95.069999999999993</v>
       </c>
       <c r="C17" s="8">
         <v>36.32</v>
       </c>
       <c r="D17" s="8">
         <v>55.43</v>
       </c>
       <c r="E17" s="8">
         <v>52.78</v>
       </c>
       <c r="F17" s="8">
         <v>40.079999999999998</v>
       </c>
       <c r="G17" s="8">
         <v>36.65</v>
       </c>
       <c r="H17" s="8">
@@ -4255,108 +4255,108 @@
     </row>
     <row r="10" spans="1:24" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="28.8">
       <c r="A11" s="16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="9">
         <v>0.0</v>
       </c>
       <c r="C12" s="9">
         <v>0.0</v>
       </c>
       <c r="D12" s="9">
         <v>0.0</v>
       </c>
       <c r="E12" s="9">
-        <v>0.0</v>
+        <v>39.0</v>
       </c>
       <c r="F12" s="9">
         <v>44.0</v>
       </c>
       <c r="G12" s="9">
         <v>44.0</v>
       </c>
       <c r="H12" s="9">
         <v>40.0</v>
       </c>
       <c r="I12" s="9">
         <v>38.0</v>
       </c>
       <c r="J12" s="9">
         <v>41.0</v>
       </c>
       <c r="K12" s="9">
         <v>40.0</v>
       </c>
       <c r="L12" s="9">
         <v>37.0</v>
       </c>
       <c r="M12" s="9">
         <v>40.0</v>
       </c>
       <c r="N12" s="9">
         <v>43.0</v>
       </c>
       <c r="O12" s="9">
         <v>46.0</v>
       </c>
       <c r="P12" s="9">
         <v>43.0</v>
       </c>
       <c r="Q12" s="9">
         <v>43.0</v>
       </c>
       <c r="R12" s="9">
         <v>47.0</v>
       </c>
       <c r="S12" s="9">
         <v>50.0</v>
       </c>
       <c r="T12" s="9">
         <v>46.0</v>
       </c>
       <c r="U12" s="9">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="V12" s="9">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="W12" s="9">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
       <c r="X12" s="9">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="9">
         <v>86.0</v>
       </c>
       <c r="C13" s="9">
         <v>82.0</v>
       </c>
       <c r="D13" s="9">
         <v>87.0</v>
       </c>
       <c r="E13" s="9">
         <v>81.0</v>
       </c>
       <c r="F13" s="9">
         <v>85.0</v>
       </c>
       <c r="G13" s="9">
         <v>83.0</v>
       </c>
       <c r="H13" s="9">
@@ -5316,108 +5316,108 @@
     </row>
     <row r="10" spans="1:24" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="28.8">
       <c r="A11" s="16" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="9">
         <v>0.0</v>
       </c>
       <c r="C12" s="9">
         <v>0.0</v>
       </c>
       <c r="D12" s="9">
         <v>0.0</v>
       </c>
       <c r="E12" s="9">
-        <v>0.0</v>
+        <v>125.0</v>
       </c>
       <c r="F12" s="9">
         <v>112.0</v>
       </c>
       <c r="G12" s="9">
         <v>106.0</v>
       </c>
       <c r="H12" s="9">
         <v>99.0</v>
       </c>
       <c r="I12" s="9">
         <v>106.0</v>
       </c>
       <c r="J12" s="9">
         <v>96.0</v>
       </c>
       <c r="K12" s="9">
         <v>95.0</v>
       </c>
       <c r="L12" s="9">
         <v>86.0</v>
       </c>
       <c r="M12" s="9">
         <v>102.0</v>
       </c>
       <c r="N12" s="9">
         <v>88.0</v>
       </c>
       <c r="O12" s="9">
         <v>87.0</v>
       </c>
       <c r="P12" s="9">
         <v>84.0</v>
       </c>
       <c r="Q12" s="9">
         <v>101.0</v>
       </c>
       <c r="R12" s="9">
         <v>86.0</v>
       </c>
       <c r="S12" s="9">
         <v>93.0</v>
       </c>
       <c r="T12" s="9">
         <v>91.0</v>
       </c>
       <c r="U12" s="9">
-        <v>105.0</v>
+        <v>0.0</v>
       </c>
       <c r="V12" s="9">
-        <v>97.0</v>
+        <v>0.0</v>
       </c>
       <c r="W12" s="9">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
       <c r="X12" s="9">
-        <v>93.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="9">
         <v>44.0</v>
       </c>
       <c r="C13" s="9">
         <v>43.0</v>
       </c>
       <c r="D13" s="9">
         <v>49.0</v>
       </c>
       <c r="E13" s="9">
         <v>41.0</v>
       </c>
       <c r="F13" s="9">
         <v>48.0</v>
       </c>
       <c r="G13" s="9">
         <v>48.0</v>
       </c>
       <c r="H13" s="9">