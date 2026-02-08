--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -664,214 +664,214 @@
       <c r="B13" s="7">
         <v>45.24</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>39.34</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
         <v>45.75</v>
       </c>
       <c r="C16" s="10">
-        <v>14.15</v>
+        <v>14.38</v>
       </c>
       <c r="D16" s="10">
-        <v>12.35</v>
+        <v>12.6</v>
       </c>
       <c r="E16" s="10">
-        <v>59.23</v>
+        <v>60.7</v>
       </c>
       <c r="F16" s="10">
-        <v>28.31</v>
+        <v>28.3</v>
       </c>
       <c r="G16" s="10">
-        <v>16.89</v>
+        <v>17.4</v>
       </c>
       <c r="H16" s="10">
-        <v>22.59</v>
+        <v>23.030000000000001</v>
       </c>
       <c r="I16" s="10">
-        <v>27.83</v>
+        <v>28.48</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
         <v>42.77</v>
       </c>
       <c r="C17" s="10">
-        <v>12.87</v>
+        <v>13.08</v>
       </c>
       <c r="D17" s="10">
-        <v>11.02</v>
+        <v>11.24</v>
       </c>
       <c r="E17" s="10">
-        <v>51.93</v>
+        <v>53.22</v>
       </c>
       <c r="F17" s="10">
-        <v>27.87</v>
+        <v>27.86</v>
       </c>
       <c r="G17" s="10">
-        <v>14.68</v>
+        <v>15.13</v>
       </c>
       <c r="H17" s="10">
-        <v>20.32</v>
+        <v>20.73</v>
       </c>
       <c r="I17" s="10">
-        <v>24.29</v>
+        <v>24.86</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="10">
         <v>6.55</v>
       </c>
       <c r="C18" s="10">
-        <v>1.42</v>
+        <v>1.45</v>
       </c>
       <c r="D18" s="10">
-        <v>1.02</v>
+        <v>1.04</v>
       </c>
       <c r="E18" s="10">
-        <v>4.22</v>
+        <v>4.32</v>
       </c>
       <c r="F18" s="10">
-        <v>18.09</v>
+        <v>18.079999999999998</v>
       </c>
       <c r="G18" s="10">
-        <v>1.12</v>
+        <v>1.16</v>
       </c>
       <c r="H18" s="10">
-        <v>2.03</v>
+        <v>2.07</v>
       </c>
       <c r="I18" s="10">
-        <v>1.91</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="10">
         <v>35.31</v>
       </c>
       <c r="C19" s="10">
-        <v>27.79</v>
+        <v>28.24</v>
       </c>
       <c r="D19" s="10">
-        <v>10.14</v>
+        <v>10.35</v>
       </c>
       <c r="E19" s="10">
-        <v>57.43</v>
+        <v>58.85</v>
       </c>
       <c r="F19" s="10">
-        <v>22.16</v>
+        <v>22.15</v>
       </c>
       <c r="G19" s="10">
-        <v>7.53</v>
+        <v>7.76</v>
       </c>
       <c r="H19" s="10">
-        <v>17.66</v>
+        <v>18.010000000000002</v>
       </c>
       <c r="I19" s="10">
-        <v>23.49</v>
+        <v>24.039999999999999</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
         <v>5.33</v>
       </c>
       <c r="C20" s="10">
-        <v>4.52</v>
+        <v>4.59</v>
       </c>
       <c r="D20" s="10">
-        <v>0.42</v>
+        <v>0.43</v>
       </c>
       <c r="E20" s="10">
-        <v>16.81</v>
+        <v>17.22</v>
       </c>
       <c r="F20" s="10">
-        <v>3.94</v>
+        <v>3.93</v>
       </c>
       <c r="G20" s="10">
-        <v>0.62</v>
+        <v>0.63</v>
       </c>
       <c r="H20" s="10">
-        <v>1.61</v>
+        <v>1.64</v>
       </c>
       <c r="I20" s="10">
-        <v>4.24</v>
+        <v>4.34</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="10">
         <v>6.13</v>
       </c>
       <c r="C21" s="10">
-        <v>3.98</v>
+        <v>4.04</v>
       </c>
       <c r="D21" s="10">
-        <v>1.79</v>
+        <v>1.82</v>
       </c>
       <c r="E21" s="10">
-        <v>9.49</v>
+        <v>9.73</v>
       </c>
       <c r="F21" s="10">
         <v>2.75</v>
       </c>
       <c r="G21" s="10">
-        <v>2.63</v>
+        <v>2.7</v>
       </c>
       <c r="H21" s="10">
-        <v>3.9</v>
+        <v>3.98</v>
       </c>
       <c r="I21" s="10">
-        <v>7.07</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>