--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -35,51 +35,51 @@
     <sheet name="Relación entre EV y FCFF, hist…" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Área de usuarios de pago. ¡Los datos no están disponibles!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>FCFF, cálculo</t>
   </si>
   <si>
     <t>US$ en millones</t>
   </si>
   <si>
     <t>12 meses terminados</t>
   </si>
   <si>
-    <t>Resultado neto atribuible a SLB</t>
+    <t>Beneficio neto atribuible a SLB</t>
   </si>
   <si>
     <t>Utilidad neta atribuible a participaciones minoritarias</t>
   </si>
   <si>
     <t>Cargos netos no monetarios</t>
   </si>
   <si>
     <t>Variación de activos y pasivos, neta del efecto de las adquisiciones y desinversiones de negocios</t>
   </si>
   <si>
     <t>Efectivo neto proporcionado por las actividades operativas</t>
   </si>
   <si>
     <t>Efectivo pagado por intereses, neto de impuestos</t>
   </si>
   <si>
     <t>Gastos de capital</t>
   </si>
   <si>
     <t>Inversiones de APS</t>
   </si>
   <si>
     <t>Datos de exploración capitalizados</t>
   </si>
@@ -649,63 +649,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
@@ -922,63 +922,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="14" t="e">
         <v>#N/A</v>
@@ -1174,63 +1174,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="12" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>