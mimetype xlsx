--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -107,84 +107,84 @@
   <si>
     <t>Deuda a largo plazo, excluida la parte corriente</t>
   </si>
   <si>
     <t>Deuda total</t>
   </si>
   <si>
     <t>Capital contable total de SLB</t>
   </si>
   <si>
     <t>Ratio de solvencia</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Ratio de deuda sobre fondos propiosindustria</t>
   </si>
   <si>
     <t>Energía</t>
   </si>
   <si>
     <t>Pasivos por arrendamiento operativo (reconocidos en Cuentas por pagar y pasivos devengados)</t>
   </si>
   <si>
-    <t>Pasivos por arrendamiento operativo (reconocidos en Otros pasivos)</t>
+    <t>Pasivos de arrendamientos operativos (reconocidos en Otros pasivos)</t>
   </si>
   <si>
     <t>Deuda total (incluido el pasivo por arrendamiento operativo)</t>
   </si>
   <si>
     <t>Ratio de deuda sobre capital propio (incluido el pasivo por arrendamiento operativo)industria</t>
   </si>
   <si>
     <t>Capital total</t>
   </si>
   <si>
     <t>Ratio de deuda sobre capital totalindustria</t>
   </si>
   <si>
     <t>Capital total (incluido el pasivo por arrendamiento operativo)</t>
   </si>
   <si>
     <t>Ratio deuda/capital total (incluido el pasivo por arrendamiento operativo)industria</t>
   </si>
   <si>
     <t>Activos totales</t>
   </si>
   <si>
     <t>Relación deuda/activosindustria</t>
   </si>
   <si>
     <t>Relación deuda/activos (incluido el pasivo por arrendamiento operativo)industria</t>
   </si>
   <si>
     <t>Ratio de apalancamiento financieroindustria</t>
   </si>
   <si>
-    <t>Resultado neto atribuible a SLB</t>
+    <t>Beneficio neto atribuible a SLB</t>
   </si>
   <si>
     <t>Más: Utilidad neta atribuible a la participación minoritaria</t>
   </si>
   <si>
     <t>Más: Gasto por impuesto a las ganancias</t>
   </si>
   <si>
     <t>Más: Gastos por intereses</t>
   </si>
   <si>
     <t>Ganancias antes de intereses e impuestos (EBIT)</t>
   </si>
   <si>
     <t>Ratio de cobertura de interesesindustria</t>
   </si>
   <si>
     <t>Más: Gastos de arrendamiento operativo</t>
   </si>
   <si>
     <t>Ganancias antes de cargos fijos e impuestos</t>
   </si>
   <si>
     <t>Gastos por intereses</t>
   </si>
@@ -725,63 +725,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -981,63 +981,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1307,63 +1307,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1513,63 +1513,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1779,63 +1779,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2005,63 +2005,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2291,63 +2291,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2497,63 +2497,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2763,63 +2763,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2929,63 +2929,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>