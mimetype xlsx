--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1638,60 +1638,60 @@
       <c r="S10" s="15">
         <v>44.18</v>
       </c>
     </row>
     <row r="11" spans="1:19" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:19" customHeight="1" ht="28.8">
       <c r="A12" s="16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>214.37</v>
       </c>
       <c r="C13" s="8">
         <v>203.97</v>
       </c>
       <c r="D13" s="8">
-        <v>177.91</v>
+        <v>0.0</v>
       </c>
       <c r="E13" s="8">
-        <v>195.78</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="8">
-        <v>213.28999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="8">
-        <v>211.25999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="H13" s="8">
         <v>0.0</v>
       </c>
       <c r="I13" s="8">
         <v>0.0</v>
       </c>
       <c r="J13" s="8">
         <v>0.0</v>
       </c>
       <c r="K13" s="8">
         <v>0.0</v>
       </c>
       <c r="L13" s="8">
         <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
@@ -2248,60 +2248,60 @@
       </c>
       <c r="P14" s="8">
         <v>0.0</v>
       </c>
       <c r="Q14" s="8">
         <v>0.0</v>
       </c>
       <c r="R14" s="8">
         <v>0.0</v>
       </c>
       <c r="S14" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>97.41</v>
       </c>
       <c r="C15" s="8">
         <v>87.64</v>
       </c>
       <c r="D15" s="8">
-        <v>75.77</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="8">
-        <v>94.54000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="8">
-        <v>90.40000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="8">
-        <v>92.26000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="8">
         <v>0.0</v>
       </c>
       <c r="I15" s="8">
         <v>0.0</v>
       </c>
       <c r="J15" s="8">
         <v>0.0</v>
       </c>
       <c r="K15" s="8">
         <v>0.0</v>
       </c>
       <c r="L15" s="8">
         <v>0.0</v>
       </c>
       <c r="M15" s="8">
         <v>0.0</v>
       </c>
       <c r="N15" s="8">
         <v>0.0</v>
       </c>
       <c r="O15" s="8">
         <v>0.0</v>
       </c>
@@ -2858,60 +2858,60 @@
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8">
         <v>39.82</v>
       </c>
       <c r="C14" s="8">
         <v>36.049999999999997</v>
       </c>
       <c r="D14" s="8">
-        <v>35.79</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="8">
-        <v>32.44</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="8">
-        <v>38.26</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="8">
-        <v>34.83</v>
+        <v>0.0</v>
       </c>
       <c r="H14" s="8">
         <v>0.0</v>
       </c>
       <c r="I14" s="8">
         <v>0.0</v>
       </c>
       <c r="J14" s="8">
         <v>0.0</v>
       </c>
       <c r="K14" s="8">
         <v>0.0</v>
       </c>
       <c r="L14" s="8">
         <v>0.0</v>
       </c>
       <c r="M14" s="8">
         <v>0.0</v>
       </c>
       <c r="N14" s="8">
         <v>0.0</v>
       </c>
       <c r="O14" s="8">
         <v>0.0</v>
       </c>
@@ -3645,60 +3645,60 @@
       </c>
       <c r="P17" s="8">
         <v>0.0</v>
       </c>
       <c r="Q17" s="8">
         <v>0.0</v>
       </c>
       <c r="R17" s="8">
         <v>0.0</v>
       </c>
       <c r="S17" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="8">
         <v>37.95</v>
       </c>
       <c r="C18" s="8">
         <v>29.78</v>
       </c>
       <c r="D18" s="8">
-        <v>14.86</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="8">
-        <v>10.78</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="8">
-        <v>11.18</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="8">
-        <v>10.14</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="8">
         <v>0.0</v>
       </c>
       <c r="I18" s="8">
         <v>0.0</v>
       </c>
       <c r="J18" s="8">
         <v>0.0</v>
       </c>
       <c r="K18" s="8">
         <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
@@ -4137,60 +4137,60 @@
       <c r="S9" s="11">
         <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:19" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:19" customHeight="1" ht="28.8">
       <c r="A11" s="16" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="9">
         <v>2.0</v>
       </c>
       <c r="C12" s="9">
         <v>2.0</v>
       </c>
       <c r="D12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G12" s="9">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="H12" s="9">
         <v>0.0</v>
       </c>
       <c r="I12" s="9">
         <v>0.0</v>
       </c>
       <c r="J12" s="9">
         <v>0.0</v>
       </c>
       <c r="K12" s="9">
         <v>0.0</v>
       </c>
       <c r="L12" s="9">
         <v>0.0</v>
       </c>
       <c r="M12" s="9">
         <v>0.0</v>
       </c>
       <c r="N12" s="9">
         <v>0.0</v>
       </c>
       <c r="O12" s="9">
         <v>0.0</v>
       </c>
@@ -4634,60 +4634,60 @@
       <c r="S11" s="11">
         <v>24.0</v>
       </c>
     </row>
     <row r="12" spans="1:19" customHeight="1" ht="34.8">
       <c r="A12" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:19" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="9">
         <v>6.0</v>
       </c>
       <c r="C14" s="9">
         <v>6.0</v>
       </c>
       <c r="D14" s="9">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="9">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="9">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="9">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="H14" s="9">
         <v>0.0</v>
       </c>
       <c r="I14" s="9">
         <v>0.0</v>
       </c>
       <c r="J14" s="9">
         <v>0.0</v>
       </c>
       <c r="K14" s="9">
         <v>0.0</v>
       </c>
       <c r="L14" s="9">
         <v>0.0</v>
       </c>
       <c r="M14" s="9">
         <v>0.0</v>
       </c>
       <c r="N14" s="9">
         <v>0.0</v>
       </c>
       <c r="O14" s="9">
         <v>0.0</v>
       </c>
@@ -5126,60 +5126,60 @@
       </c>
       <c r="P12" s="9">
         <v>0.0</v>
       </c>
       <c r="Q12" s="9">
         <v>0.0</v>
       </c>
       <c r="R12" s="9">
         <v>0.0</v>
       </c>
       <c r="S12" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="9">
         <v>9.0</v>
       </c>
       <c r="C13" s="9">
         <v>10.0</v>
       </c>
       <c r="D13" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="E13" s="9">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="H13" s="9">
         <v>0.0</v>
       </c>
       <c r="I13" s="9">
         <v>0.0</v>
       </c>
       <c r="J13" s="9">
         <v>0.0</v>
       </c>
       <c r="K13" s="9">
         <v>0.0</v>
       </c>
       <c r="L13" s="9">
         <v>0.0</v>
       </c>
       <c r="M13" s="9">
         <v>0.0</v>
       </c>
       <c r="N13" s="9">
         <v>0.0</v>
       </c>
       <c r="O13" s="9">
         <v>0.0</v>
       </c>
@@ -5741,60 +5741,60 @@
       <c r="S12" s="11">
         <v>-10.0</v>
       </c>
     </row>
     <row r="13" spans="1:19" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:19" customHeight="1" ht="28.8">
       <c r="A14" s="16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="9">
         <v>-3.0</v>
       </c>
       <c r="C15" s="9">
         <v>-4.0</v>
       </c>
       <c r="D15" s="9">
-        <v>-3.0</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="9">
-        <v>-5.0</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="9">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="9">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="9">
         <v>0.0</v>
       </c>
       <c r="I15" s="9">
         <v>0.0</v>
       </c>
       <c r="J15" s="9">
         <v>0.0</v>
       </c>
       <c r="K15" s="9">
         <v>0.0</v>
       </c>
       <c r="L15" s="9">
         <v>0.0</v>
       </c>
       <c r="M15" s="9">
         <v>0.0</v>
       </c>
       <c r="N15" s="9">
         <v>0.0</v>
       </c>
       <c r="O15" s="9">
         <v>0.0</v>
       </c>