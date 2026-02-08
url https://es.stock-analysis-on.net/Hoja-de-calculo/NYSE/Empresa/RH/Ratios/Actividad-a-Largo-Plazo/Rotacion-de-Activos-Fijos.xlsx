--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -675,51 +675,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="12">
         <v>2.82</v>
       </c>
       <c r="C12" s="12">
         <v>2.75</v>
       </c>
       <c r="D12" s="12">
         <v>2.93</v>
       </c>
       <c r="E12" s="12">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="12">
         <v>0.0</v>
       </c>
       <c r="G12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>6.14</v>
       </c>
       <c r="C13" s="12">
         <v>6.0</v>
       </c>
       <c r="D13" s="12">
         <v>5.35</v>
       </c>
       <c r="E13" s="12">
         <v>4.84</v>
       </c>
       <c r="F13" s="12">