--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -523,146 +523,146 @@
       </c>
       <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.1142</v>
+        <v>0.164</v>
       </c>
       <c r="D5" s="7">
-        <v>0.7</v>
+        <v>0.81</v>
       </c>
       <c r="F5" s="7">
-        <v>0.85</v>
+        <v>0.9</v>
       </c>
       <c r="H5" s="6">
-        <v>0.3125</v>
+        <v>0.3856</v>
       </c>
       <c r="J5" s="7">
-        <v>0.61</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.1196</v>
+        <v>0.1142</v>
       </c>
       <c r="D6" s="7">
-        <v>0.77</v>
+        <v>0.7</v>
       </c>
       <c r="F6" s="7">
-        <v>0.87</v>
+        <v>0.85</v>
       </c>
       <c r="H6" s="6">
-        <v>0.332</v>
+        <v>0.3125</v>
       </c>
       <c r="J6" s="7">
-        <v>0.54</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.1467</v>
+        <v>0.1196</v>
       </c>
       <c r="D7" s="7">
-        <v>0.8</v>
+        <v>0.77</v>
       </c>
       <c r="F7" s="7">
-        <v>0.94</v>
+        <v>0.87</v>
       </c>
       <c r="H7" s="6">
-        <v>0.3797</v>
+        <v>0.332</v>
       </c>
       <c r="J7" s="7">
-        <v>0.51</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.2206</v>
+        <v>0.1467</v>
       </c>
       <c r="D8" s="7">
-        <v>0.77</v>
+        <v>0.8</v>
       </c>
       <c r="F8" s="7">
         <v>0.94</v>
       </c>
       <c r="H8" s="6">
-        <v>0.3986</v>
+        <v>0.3797</v>
       </c>
       <c r="J8" s="7">
-        <v>0.76</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.1798</v>
+        <v>0.2206</v>
       </c>
       <c r="D9" s="7">
         <v>0.77</v>
       </c>
       <c r="F9" s="7">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="H9" s="6">
-        <v>0.389</v>
+        <v>0.3986</v>
       </c>
       <c r="J9" s="7">
-        <v>0.64</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">