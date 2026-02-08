--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1136,60 +1136,60 @@
       <c r="I17" s="10">
         <v>46.13</v>
       </c>
       <c r="J17" s="10">
         <v>34.75</v>
       </c>
       <c r="K17" s="10">
         <v>36.84</v>
       </c>
       <c r="L17" s="10">
         <v>42.0</v>
       </c>
       <c r="M17" s="10">
         <v>38.25</v>
       </c>
       <c r="N17" s="10">
         <v>40.020000000000003</v>
       </c>
       <c r="O17" s="10">
         <v>45.28</v>
       </c>
       <c r="P17" s="10">
         <v>50.34</v>
       </c>
       <c r="Q17" s="10">
-        <v>54.38</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="10">
-        <v>65.079999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="10">
-        <v>81.53</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="10">
-        <v>109.79000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>122.18000000000001</v>
       </c>
       <c r="C18" s="10">
         <v>203.41</v>
       </c>
       <c r="D18" s="10">
         <v>421.33999999999997</v>
       </c>
       <c r="E18" s="10">
         <v>0.0</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
         <v>0.0</v>
       </c>
       <c r="H18" s="10">