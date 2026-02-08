--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -688,63 +688,63 @@
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
         <v>0.2697</v>
       </c>
       <c r="C13" s="12">
         <v>0.1252</v>
       </c>
       <c r="D13" s="12">
         <v>0.0171</v>
       </c>
       <c r="E13" s="12">
         <v>-0.1577</v>
       </c>
       <c r="F13" s="12">
         <v>-0.1538</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
-        <v>0.0514</v>
+        <v>0.0867</v>
       </c>
       <c r="C14" s="12">
-        <v>0.0349</v>
+        <v>0.0709</v>
       </c>
       <c r="D14" s="12">
-        <v>-0.0043</v>
+        <v>0.0289</v>
       </c>
       <c r="E14" s="12">
-        <v>-0.0513</v>
+        <v>-0.016</v>
       </c>
       <c r="F14" s="12">
-        <v>-0.0718</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>-0.2641</v>
       </c>
       <c r="C15" s="12">
         <v>-0.3885</v>
       </c>
       <c r="D15" s="12">
         <v>-0.5263</v>
       </c>
       <c r="E15" s="12">
         <v>-0.3914</v>
       </c>
       <c r="F15" s="12">
         <v>-0.3485</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>13</v>