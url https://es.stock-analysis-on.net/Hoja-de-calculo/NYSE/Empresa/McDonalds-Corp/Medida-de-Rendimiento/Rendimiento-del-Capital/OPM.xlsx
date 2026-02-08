--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -795,51 +795,51 @@
       </c>
       <c r="E18" s="13">
         <v>0.1304</v>
       </c>
       <c r="F18" s="13">
         <v>0.1518</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="13">
         <v>0.201</v>
       </c>
       <c r="C19" s="13">
         <v>0.1874</v>
       </c>
       <c r="D19" s="13">
         <v>0.16</v>
       </c>
       <c r="E19" s="13">
         <v>0.1323</v>
       </c>
       <c r="F19" s="13">
-        <v>0.0803</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
         <v>-0.0001</v>
       </c>
       <c r="C20" s="13">
         <v>-0.0758</v>
       </c>
       <c r="D20" s="13">
         <v>-0.215</v>
       </c>
       <c r="E20" s="13">
         <v>-0.0816</v>
       </c>
       <c r="F20" s="13">
         <v>-0.1392</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="12" t="s">
         <v>17</v>