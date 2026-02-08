--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -808,51 +808,51 @@
       <c r="D12" s="5">
         <v>24252.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="7">
         <v>46868.0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="8">
         <v>65.81</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="9">
-        <v>323.48000000000002</v>
+        <v>327.16000000000003</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A16:C16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>