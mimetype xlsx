--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1120,51 +1120,51 @@
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
         <v>45740</v>
       </c>
       <c r="B5" s="6">
         <v>18.74</v>
       </c>
       <c r="C5" s="6">
-        <v>0.0</v>
+        <v>29.07</v>
       </c>
       <c r="D5" s="6">
         <v>23.58</v>
       </c>
       <c r="E5" s="6">
         <v>28.69</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
         <v>45376</v>
       </c>
       <c r="B6" s="6">
         <v>18.81</v>
       </c>
       <c r="C6" s="6">
         <v>40.99</v>
       </c>
       <c r="D6" s="6">
         <v>24.8</v>
       </c>
       <c r="E6" s="6">
         <v>24.63</v>
       </c>
     </row>