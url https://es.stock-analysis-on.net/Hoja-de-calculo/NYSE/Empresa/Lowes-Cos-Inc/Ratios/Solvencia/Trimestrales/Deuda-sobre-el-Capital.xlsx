--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1196,108 +1196,108 @@
     </row>
     <row r="15" spans="1:24" customHeight="1" ht="34.8">
       <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:24" customHeight="1" ht="28.8">
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="15">
         <v>0.0</v>
       </c>
       <c r="C17" s="15">
         <v>0.0</v>
       </c>
       <c r="D17" s="15">
         <v>0.0</v>
       </c>
       <c r="E17" s="15">
-        <v>0.0</v>
+        <v>0.16</v>
       </c>
       <c r="F17" s="15">
         <v>0.15</v>
       </c>
       <c r="G17" s="15">
         <v>0.17</v>
       </c>
       <c r="H17" s="15">
         <v>0.18</v>
       </c>
       <c r="I17" s="15">
         <v>0.19</v>
       </c>
       <c r="J17" s="15">
         <v>0.21</v>
       </c>
       <c r="K17" s="15">
         <v>0.24</v>
       </c>
       <c r="L17" s="15">
         <v>0.26</v>
       </c>
       <c r="M17" s="15">
         <v>0.28</v>
       </c>
       <c r="N17" s="15">
         <v>0.3</v>
       </c>
       <c r="O17" s="15">
         <v>0.32</v>
       </c>
       <c r="P17" s="15">
         <v>0.35</v>
       </c>
       <c r="Q17" s="15">
         <v>0.37</v>
       </c>
       <c r="R17" s="15">
         <v>0.37</v>
       </c>
       <c r="S17" s="15">
         <v>0.38</v>
       </c>
       <c r="T17" s="15">
         <v>0.35</v>
       </c>
       <c r="U17" s="15">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="V17" s="15">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="W17" s="15">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="X17" s="15">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="15">
         <v>0.82</v>
       </c>
       <c r="C18" s="15">
         <v>0.83</v>
       </c>
       <c r="D18" s="15">
         <v>0.87</v>
       </c>
       <c r="E18" s="15">
         <v>0.89</v>
       </c>
       <c r="F18" s="15">
         <v>0.9</v>
       </c>
       <c r="G18" s="15">
         <v>0.93</v>
       </c>
       <c r="H18" s="15">