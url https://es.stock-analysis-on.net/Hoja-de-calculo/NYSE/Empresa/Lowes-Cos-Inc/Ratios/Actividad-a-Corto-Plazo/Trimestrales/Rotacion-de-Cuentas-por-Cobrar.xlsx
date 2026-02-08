--- v0 (2025-12-04)
+++ v1 (2026-02-08)
@@ -944,51 +944,51 @@
       </c>
       <c r="S13" s="13">
         <v>43.47</v>
       </c>
       <c r="T13" s="13">
         <v>39.0</v>
       </c>
       <c r="U13" s="13">
         <v>44.15</v>
       </c>
       <c r="V13" s="13">
         <v>47.12</v>
       </c>
       <c r="W13" s="13">
         <v>46.57</v>
       </c>
       <c r="X13" s="13">
         <v>42.95</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
-        <v>0.0</v>
+        <v>90.59999999999999</v>
       </c>
       <c r="C14" s="13">
         <v>96.54000000000001</v>
       </c>
       <c r="D14" s="13">
         <v>95.95</v>
       </c>
       <c r="E14" s="13">
         <v>102.66</v>
       </c>
       <c r="F14" s="13">
         <v>94.19</v>
       </c>
       <c r="G14" s="13">
         <v>106.76000000000001</v>
       </c>
       <c r="H14" s="13">
         <v>101.31999999999999</v>
       </c>
       <c r="I14" s="13">
         <v>102.48999999999999</v>
       </c>
       <c r="J14" s="13">
         <v>93.44</v>
       </c>