--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -805,108 +805,108 @@
     </row>
     <row r="10" spans="1:24" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="28.8">
       <c r="A11" s="11" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="13">
         <v>0.0</v>
       </c>
       <c r="C12" s="13">
         <v>0.0</v>
       </c>
       <c r="D12" s="13">
         <v>0.0</v>
       </c>
       <c r="E12" s="13">
-        <v>0.0</v>
+        <v>39.0</v>
       </c>
       <c r="F12" s="13">
         <v>44.0</v>
       </c>
       <c r="G12" s="13">
         <v>44.0</v>
       </c>
       <c r="H12" s="13">
         <v>40.0</v>
       </c>
       <c r="I12" s="13">
         <v>38.0</v>
       </c>
       <c r="J12" s="13">
         <v>41.0</v>
       </c>
       <c r="K12" s="13">
         <v>40.0</v>
       </c>
       <c r="L12" s="13">
         <v>37.0</v>
       </c>
       <c r="M12" s="13">
         <v>40.0</v>
       </c>
       <c r="N12" s="13">
         <v>43.0</v>
       </c>
       <c r="O12" s="13">
         <v>46.0</v>
       </c>
       <c r="P12" s="13">
         <v>43.0</v>
       </c>
       <c r="Q12" s="13">
         <v>43.0</v>
       </c>
       <c r="R12" s="13">
         <v>47.0</v>
       </c>
       <c r="S12" s="13">
         <v>50.0</v>
       </c>
       <c r="T12" s="13">
         <v>46.0</v>
       </c>
       <c r="U12" s="13">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="V12" s="13">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="W12" s="13">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
       <c r="X12" s="13">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>86.0</v>
       </c>
       <c r="C13" s="13">
         <v>82.0</v>
       </c>
       <c r="D13" s="13">
         <v>87.0</v>
       </c>
       <c r="E13" s="13">
         <v>81.0</v>
       </c>
       <c r="F13" s="13">
         <v>85.0</v>
       </c>
       <c r="G13" s="13">
         <v>83.0</v>
       </c>
       <c r="H13" s="13">