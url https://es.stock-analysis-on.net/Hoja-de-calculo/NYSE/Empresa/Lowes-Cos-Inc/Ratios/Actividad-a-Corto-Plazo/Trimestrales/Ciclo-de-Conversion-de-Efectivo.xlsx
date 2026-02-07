--- v0 (2025-12-04)
+++ v1 (2026-02-07)
@@ -1025,51 +1025,51 @@
       </c>
       <c r="S15" s="8">
         <v>31.0</v>
       </c>
       <c r="T15" s="8">
         <v>27.0</v>
       </c>
       <c r="U15" s="8">
         <v>29.0</v>
       </c>
       <c r="V15" s="8">
         <v>22.0</v>
       </c>
       <c r="W15" s="8">
         <v>17.0</v>
       </c>
       <c r="X15" s="8">
         <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="8">
-        <v>0.0</v>
+        <v>35.0</v>
       </c>
       <c r="C16" s="8">
         <v>28.0</v>
       </c>
       <c r="D16" s="8">
         <v>29.0</v>
       </c>
       <c r="E16" s="8">
         <v>24.0</v>
       </c>
       <c r="F16" s="8">
         <v>30.0</v>
       </c>
       <c r="G16" s="8">
         <v>22.0</v>
       </c>
       <c r="H16" s="8">
         <v>24.0</v>
       </c>
       <c r="I16" s="8">
         <v>24.0</v>
       </c>
       <c r="J16" s="8">
         <v>32.0</v>
       </c>