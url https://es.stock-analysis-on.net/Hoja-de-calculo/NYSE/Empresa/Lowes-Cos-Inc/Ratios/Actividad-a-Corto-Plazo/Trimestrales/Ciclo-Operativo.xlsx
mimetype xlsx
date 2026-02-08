--- v0 (2025-12-04)
+++ v1 (2026-02-08)
@@ -948,51 +948,51 @@
       </c>
       <c r="S14" s="8">
         <v>80.0</v>
       </c>
       <c r="T14" s="8">
         <v>84.0</v>
       </c>
       <c r="U14" s="8">
         <v>78.0</v>
       </c>
       <c r="V14" s="8">
         <v>79.0</v>
       </c>
       <c r="W14" s="8">
         <v>71.0</v>
       </c>
       <c r="X14" s="8">
         <v>82.0</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="8">
-        <v>0.0</v>
+        <v>88.0</v>
       </c>
       <c r="C15" s="8">
         <v>71.0</v>
       </c>
       <c r="D15" s="8">
         <v>70.0</v>
       </c>
       <c r="E15" s="8">
         <v>64.0</v>
       </c>
       <c r="F15" s="8">
         <v>82.0</v>
       </c>
       <c r="G15" s="8">
         <v>64.0</v>
       </c>
       <c r="H15" s="8">
         <v>63.0</v>
       </c>
       <c r="I15" s="8">
         <v>61.0</v>
       </c>
       <c r="J15" s="8">
         <v>85.0</v>
       </c>