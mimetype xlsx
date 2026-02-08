--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -18,54 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cálculo" sheetId="1" r:id="rId4"/>
     <sheet name="Comparación con la competencia" sheetId="2" r:id="rId5"/>
     <sheet name="Comparación con el sector indu…" sheetId="3" r:id="rId6"/>
     <sheet name="Comparación con la industria" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>P/S, tendencias a largo plazocálculo</t>
   </si>
   <si>
     <t>P/S</t>
   </si>
   <si>
     <t>=</t>
   </si>
   <si>
     <t>Precio de la acción</t>
   </si>
   <si>
     <t>÷</t>
   </si>
   <si>
     <t>Ventas por acción</t>
   </si>
   <si>
     <t>Ventas (en millones)</t>
   </si>
   <si>
@@ -95,67 +92,58 @@
   <si>
     <t>RTX Corp.</t>
   </si>
   <si>
     <t>P/S, tendencias a largo plazo, en comparación con el sector industrial: bienes de equipo</t>
   </si>
   <si>
     <t>Bienes de equipo</t>
   </si>
   <si>
     <t>P/S, tendencias a largo plazo, en comparación con la industria: industriales</t>
   </si>
   <si>
     <t>Industriales</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-C0A]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -191,71 +179,70 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom style="medium">
         <color rgb="FF252525"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -531,1790 +518,1770 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K28"/>
+  <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="K28" sqref="K28"/>
+      <selection activeCell="K26" sqref="K26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.055" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:11">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:11">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:11">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
+      <c r="C4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11">
+      <c r="A5" s="5">
+        <v>46051</v>
+      </c>
+      <c r="B5" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="D5" s="6">
+        <v>622.50999999999999</v>
+      </c>
+      <c r="F5" s="6">
+        <v>326.18000000000001</v>
+      </c>
+      <c r="G5" s="6">
+        <v>326.18000000000001</v>
+      </c>
+      <c r="I5" s="7">
+        <v>75048.0</v>
+      </c>
+      <c r="K5" s="7">
+        <v>230080240.0</v>
+      </c>
     </row>
     <row r="6" spans="1:11">
-      <c r="A6" s="4"/>
-[...27 lines deleted...]
-      <c r="K6" s="5" t="s">
+      <c r="A6" s="5">
+        <v>45685</v>
+      </c>
+      <c r="B6" s="6">
+        <v>1.52</v>
+      </c>
+      <c r="D6" s="6">
+        <v>457.44999999999999</v>
+      </c>
+      <c r="F6" s="6">
+        <v>301.81999999999999</v>
+      </c>
+      <c r="G6" s="6">
+        <v>301.81999999999999</v>
+      </c>
+      <c r="I6" s="7">
+        <v>71043.0</v>
+      </c>
+      <c r="K6" s="7">
+        <v>235385902.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11">
+      <c r="A7" s="5">
+        <v>45314</v>
+      </c>
+      <c r="B7" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="D7" s="6">
+        <v>439.67000000000002</v>
+      </c>
+      <c r="F7" s="6">
+        <v>279.63</v>
+      </c>
+      <c r="G7" s="6">
+        <v>279.63</v>
+      </c>
+      <c r="I7" s="7">
+        <v>67571.0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>241643304.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11">
+      <c r="A8" s="5">
+        <v>44952</v>
+      </c>
+      <c r="B8" s="6">
+        <v>1.78</v>
+      </c>
+      <c r="D8" s="6">
+        <v>459.81</v>
+      </c>
+      <c r="F8" s="6">
+        <v>258.45999999999998</v>
+      </c>
+      <c r="G8" s="6">
+        <v>258.45999999999998</v>
+      </c>
+      <c r="I8" s="7">
+        <v>65984.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>255297298.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11">
+      <c r="A9" s="5">
+        <v>44586</v>
+      </c>
+      <c r="B9" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="D9" s="6">
+        <v>387.17000000000002</v>
+      </c>
+      <c r="F9" s="6">
+        <v>246.19</v>
+      </c>
+      <c r="G9" s="6">
+        <v>246.19</v>
+      </c>
+      <c r="I9" s="7">
+        <v>67044.0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>272326925.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10" s="5">
+        <v>44224</v>
+      </c>
+      <c r="B10" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="D10" s="6">
+        <v>327.93000000000001</v>
+      </c>
+      <c r="F10" s="6">
+        <v>233.47999999999999</v>
+      </c>
+      <c r="G10" s="6">
+        <v>233.47999999999999</v>
+      </c>
+      <c r="I10" s="7">
+        <v>65398.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>280103431.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="A11" s="5">
+        <v>43868</v>
+      </c>
+      <c r="B11" s="6">
+        <v>2.07</v>
+      </c>
+      <c r="D11" s="6">
+        <v>439.17000000000002</v>
+      </c>
+      <c r="F11" s="6">
+        <v>212.15000000000001</v>
+      </c>
+      <c r="G11" s="6">
+        <v>212.15000000000001</v>
+      </c>
+      <c r="I11" s="7">
+        <v>59812.0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>281937366.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11">
+      <c r="A12" s="5">
+        <v>43504</v>
+      </c>
+      <c r="B12" s="6">
+        <v>1.58</v>
+      </c>
+      <c r="D12" s="6">
+        <v>301.5</v>
+      </c>
+      <c r="F12" s="6">
+        <v>190.27000000000001</v>
+      </c>
+      <c r="G12" s="6">
+        <v>190.27000000000001</v>
+      </c>
+      <c r="I12" s="7">
+        <v>53762.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>282562534.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13" s="5">
+        <v>43137</v>
+      </c>
+      <c r="B13" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="D13" s="6">
+        <v>341.42000000000002</v>
+      </c>
+      <c r="F13" s="6">
+        <v>178.75999999999999</v>
+      </c>
+      <c r="G13" s="6">
+        <v>178.75999999999999</v>
+      </c>
+      <c r="I13" s="7">
+        <v>51048.0</v>
+      </c>
+      <c r="K13" s="7">
+        <v>285570742.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11">
+      <c r="A14" s="5">
+        <v>42775</v>
+      </c>
+      <c r="B14" s="6">
+        <v>1.59</v>
+      </c>
+      <c r="D14" s="6">
+        <v>258.19999999999999</v>
+      </c>
+      <c r="F14" s="6">
+        <v>162.75</v>
+      </c>
+      <c r="G14" s="6">
+        <v>162.75</v>
+      </c>
+      <c r="I14" s="7">
+        <v>47248.0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>290315668.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
+      <c r="A15" s="5">
+        <v>42424</v>
+      </c>
+      <c r="B15" s="6">
+        <v>1.43</v>
+      </c>
+      <c r="D15" s="6">
+        <v>216.63</v>
+      </c>
+      <c r="F15" s="6">
+        <v>151.0099999999999909</v>
+      </c>
+      <c r="G15" s="6">
+        <v>151.0099999999999909</v>
+      </c>
+      <c r="I15" s="7">
+        <v>46132.0</v>
+      </c>
+      <c r="K15" s="7">
+        <v>305487347.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" s="5">
+        <v>42044</v>
+      </c>
+      <c r="B16" s="6">
+        <v>1.34</v>
+      </c>
+      <c r="D16" s="6">
+        <v>193.02000000000001</v>
+      </c>
+      <c r="F16" s="6">
+        <v>144.49000000000001</v>
+      </c>
+      <c r="G16" s="6">
+        <v>144.49000000000001</v>
+      </c>
+      <c r="I16" s="7">
+        <v>45600.0</v>
+      </c>
+      <c r="K16" s="7">
+        <v>315583849.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" s="5">
+        <v>41684</v>
+      </c>
+      <c r="B17" s="6">
+        <v>1.15</v>
+      </c>
+      <c r="D17" s="6">
+        <v>162.88999999999999</v>
+      </c>
+      <c r="F17" s="6">
+        <v>141.11000000000001</v>
+      </c>
+      <c r="G17" s="6">
+        <v>141.11000000000001</v>
+      </c>
+      <c r="I17" s="7">
+        <v>45358.0</v>
+      </c>
+      <c r="K17" s="7">
+        <v>321430271.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" s="5">
+        <v>41333</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.6</v>
+      </c>
+      <c r="D18" s="6">
+        <v>88.0</v>
+      </c>
+      <c r="F18" s="6">
+        <v>146.25999999999999</v>
+      </c>
+      <c r="G18" s="6">
+        <v>146.25999999999999</v>
+      </c>
+      <c r="I18" s="7">
+        <v>47182.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>322583334.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" s="5">
+        <v>40962</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.62</v>
+      </c>
+      <c r="D19" s="6">
+        <v>88.29000000000001</v>
+      </c>
+      <c r="F19" s="6">
+        <v>143.030000000000001</v>
+      </c>
+      <c r="G19" s="6">
+        <v>143.030000000000001</v>
+      </c>
+      <c r="I19" s="7">
+        <v>46499.0</v>
+      </c>
+      <c r="K19" s="7">
+        <v>325105500.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" s="5">
+        <v>40599</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.61</v>
+      </c>
+      <c r="D20" s="6">
+        <v>80.11</v>
+      </c>
+      <c r="F20" s="6">
+        <v>130.91999999999999</v>
+      </c>
+      <c r="G20" s="6">
+        <v>130.91999999999999</v>
+      </c>
+      <c r="I20" s="7">
+        <v>45803.0</v>
+      </c>
+      <c r="K20" s="7">
+        <v>349855179.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" s="5">
+        <v>40234</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="D21" s="6">
+        <v>76.98999999999999</v>
+      </c>
+      <c r="F21" s="6">
+        <v>120.37</v>
+      </c>
+      <c r="G21" s="6">
+        <v>120.37</v>
+      </c>
+      <c r="I21" s="7">
+        <v>45189.0</v>
+      </c>
+      <c r="K21" s="7">
+        <v>375428680.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" s="5">
+        <v>39870</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="D22" s="6">
+        <v>68.93000000000001</v>
+      </c>
+      <c r="F22" s="6">
+        <v>108.11</v>
+      </c>
+      <c r="G22" s="6">
+        <v>108.11</v>
+      </c>
+      <c r="I22" s="7">
+        <v>42731.0</v>
+      </c>
+      <c r="K22" s="7">
+        <v>395271609.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" s="5">
+        <v>39506</v>
+      </c>
+      <c r="B23" s="6">
+        <v>1.03</v>
+      </c>
+      <c r="D23" s="6">
+        <v>105.16</v>
+      </c>
+      <c r="F23" s="6">
+        <v>102.56999999999999</v>
+      </c>
+      <c r="G23" s="6">
+        <v>102.56999999999999</v>
+      </c>
+      <c r="I23" s="7">
+        <v>41862.0</v>
+      </c>
+      <c r="K23" s="7">
+        <v>408122756.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" s="5">
+        <v>39139</v>
+      </c>
+      <c r="B24" s="6">
+        <v>1.08</v>
+      </c>
+      <c r="D24" s="6">
+        <v>101.47</v>
+      </c>
+      <c r="F24" s="6">
+        <v>93.78</v>
+      </c>
+      <c r="G24" s="6">
+        <v>93.78</v>
+      </c>
+      <c r="I24" s="7">
+        <v>39620.0</v>
+      </c>
+      <c r="K24" s="7">
+        <v>422481655.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="5">
+        <v>38776</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0.86</v>
+      </c>
+      <c r="D25" s="6">
+        <v>72.87</v>
+      </c>
+      <c r="F25" s="6">
+        <v>85.17</v>
+      </c>
+      <c r="G25" s="6">
+        <v>85.17</v>
+      </c>
+      <c r="I25" s="7">
+        <v>37213.0</v>
+      </c>
+      <c r="K25" s="7">
+        <v>436911542.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="8" t="s">
         <v>9</v>
       </c>
-    </row>
-[...496 lines deleted...]
-      <c r="K28" s="9"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H28"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H28" sqref="H28"/>
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:8">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:8">
+      <c r="A2" s="2" t="s">
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:8">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>11</v>
       </c>
+      <c r="D4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="5">
+        <v>46051</v>
+      </c>
+      <c r="B5" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="C5" s="6">
+        <v>2.05</v>
+      </c>
+      <c r="D5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F5" s="6">
+        <v>7.41</v>
+      </c>
+      <c r="G5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H5" s="6">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
-      <c r="A6" s="4"/>
-[...19 lines deleted...]
-        <v>17</v>
+      <c r="A6" s="5">
+        <v>45685</v>
+      </c>
+      <c r="B6" s="6">
+        <v>1.52</v>
+      </c>
+      <c r="C6" s="6">
+        <v>1.98</v>
+      </c>
+      <c r="D6" s="6">
+        <v>2.75</v>
+      </c>
+      <c r="E6" s="6">
+        <v>4.58</v>
+      </c>
+      <c r="F6" s="6">
+        <v>6.24</v>
+      </c>
+      <c r="G6" s="6">
+        <v>3.42</v>
+      </c>
+      <c r="H6" s="6">
+        <v>2.14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
-      <c r="A7" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>45314</v>
+      </c>
+      <c r="B7" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1.66</v>
+      </c>
+      <c r="D7" s="6">
+        <v>2.52</v>
+      </c>
+      <c r="E7" s="6">
+        <v>4.98</v>
+      </c>
+      <c r="F7" s="6">
+        <v>2.3</v>
+      </c>
+      <c r="G7" s="6">
+        <v>3.51</v>
+      </c>
+      <c r="H7" s="6">
+        <v>1.78</v>
       </c>
     </row>
     <row r="8" spans="1:8">
-      <c r="A8" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44952</v>
+      </c>
+      <c r="B8" s="6">
+        <v>1.78</v>
+      </c>
+      <c r="C8" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="D8" s="6">
+        <v>2.27</v>
+      </c>
+      <c r="E8" s="6">
+        <v>3.31</v>
+      </c>
+      <c r="F8" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="G8" s="6">
+        <v>3.78</v>
+      </c>
+      <c r="H8" s="6">
+        <v>2.14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
-      <c r="A9" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5">
+        <v>44586</v>
+      </c>
+      <c r="B9" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="C9" s="6">
+        <v>1.87</v>
+      </c>
+      <c r="D9" s="6">
+        <v>2.26</v>
+      </c>
+      <c r="E9" s="6">
+        <v>3.03</v>
+      </c>
+      <c r="F9" s="6">
+        <v>1.5</v>
+      </c>
+      <c r="G9" s="6">
+        <v>3.73</v>
+      </c>
+      <c r="H9" s="6">
+        <v>2.21</v>
       </c>
     </row>
     <row r="10" spans="1:8">
-      <c r="A10" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5">
+        <v>44224</v>
+      </c>
+      <c r="B10" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="C10" s="6">
+        <v>1.96</v>
+      </c>
+      <c r="D10" s="6">
+        <v>2.83</v>
+      </c>
+      <c r="E10" s="6">
+        <v>2.96</v>
+      </c>
+      <c r="F10" s="6">
+        <v>1.41</v>
+      </c>
+      <c r="G10" s="6">
+        <v>4.34</v>
+      </c>
+      <c r="H10" s="6">
+        <v>1.95</v>
       </c>
     </row>
     <row r="11" spans="1:8">
-      <c r="A11" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5">
+        <v>43868</v>
+      </c>
+      <c r="B11" s="6">
+        <v>2.07</v>
+      </c>
+      <c r="C11" s="6">
+        <v>2.34</v>
+      </c>
+      <c r="D11" s="6">
+        <v>1.48</v>
+      </c>
+      <c r="E11" s="6">
+        <v>1.87</v>
+      </c>
+      <c r="F11" s="6">
+        <v>1.18</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.51</v>
+      </c>
+      <c r="H11" s="6">
+        <v>1.75</v>
       </c>
     </row>
     <row r="12" spans="1:8">
-      <c r="A12" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5">
+        <v>43504</v>
+      </c>
+      <c r="B12" s="6">
+        <v>1.58</v>
+      </c>
+      <c r="C12" s="6">
+        <v>2.26</v>
+      </c>
+      <c r="D12" s="6">
+        <v>1.47</v>
+      </c>
+      <c r="E12" s="6">
+        <v>1.58</v>
+      </c>
+      <c r="F12" s="6">
+        <v>0.82</v>
+      </c>
+      <c r="G12" s="6">
+        <v>2.59</v>
+      </c>
+      <c r="H12" s="6">
+        <v>1.56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
-      <c r="A13" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="5">
+        <v>43137</v>
+      </c>
+      <c r="B13" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="C13" s="6">
+        <v>2.17</v>
+      </c>
+      <c r="D13" s="6">
+        <v>2.24</v>
+      </c>
+      <c r="E13" s="6">
+        <v>1.74</v>
+      </c>
+      <c r="F13" s="6">
+        <v>1.11</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2.74</v>
+      </c>
+      <c r="H13" s="6">
+        <v>1.67</v>
       </c>
     </row>
     <row r="14" spans="1:8">
-      <c r="A14" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="5">
+        <v>42775</v>
+      </c>
+      <c r="B14" s="6">
+        <v>1.59</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1.06</v>
+      </c>
+      <c r="D14" s="6">
+        <v>1.62</v>
+      </c>
+      <c r="E14" s="6">
+        <v>1.65</v>
+      </c>
+      <c r="F14" s="6">
+        <v>2.39</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.36</v>
+      </c>
+      <c r="H14" s="6">
+        <v>1.55</v>
       </c>
     </row>
     <row r="15" spans="1:8">
-      <c r="A15" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="5">
+        <v>42424</v>
+      </c>
+      <c r="B15" s="6">
+        <v>1.43</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0.8</v>
+      </c>
+      <c r="D15" s="6">
+        <v>0.86</v>
+      </c>
+      <c r="E15" s="6">
+        <v>1.25</v>
+      </c>
+      <c r="F15" s="6">
+        <v>2.59</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.06</v>
+      </c>
+      <c r="H15" s="6">
+        <v>1.26</v>
       </c>
     </row>
     <row r="16" spans="1:8">
-      <c r="A16" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="5">
+        <v>42044</v>
+      </c>
+      <c r="B16" s="6">
+        <v>1.34</v>
+      </c>
+      <c r="C16" s="6">
+        <v>1.15</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0.99</v>
+      </c>
+      <c r="E16" s="6">
+        <v>1.49</v>
+      </c>
+      <c r="F16" s="6">
+        <v>2.45</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.03</v>
+      </c>
+      <c r="H16" s="6">
+        <v>1.67</v>
       </c>
     </row>
     <row r="17" spans="1:8">
-      <c r="A17" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="5">
+        <v>41684</v>
+      </c>
+      <c r="B17" s="6">
+        <v>1.15</v>
+      </c>
+      <c r="C17" s="6">
+        <v>1.12</v>
+      </c>
+      <c r="D17" s="6">
+        <v>1.17</v>
+      </c>
+      <c r="E17" s="6">
+        <v>1.63</v>
+      </c>
+      <c r="F17" s="6">
+        <v>2.54</v>
+      </c>
+      <c r="G17" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="H17" s="6">
+        <v>1.6</v>
       </c>
     </row>
     <row r="18" spans="1:8">
-      <c r="A18" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="5">
+        <v>41333</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.6</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.99</v>
+      </c>
+      <c r="E18" s="6">
+        <v>1.79</v>
+      </c>
+      <c r="F18" s="6">
+        <v>2.39</v>
+      </c>
+      <c r="G18" s="6">
+        <v>1.46</v>
+      </c>
+      <c r="H18" s="6">
+        <v>1.43</v>
       </c>
     </row>
     <row r="19" spans="1:8">
-      <c r="A19" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="5">
+        <v>40962</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.62</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0.82</v>
+      </c>
+      <c r="D19" s="6">
+        <v>1.3</v>
+      </c>
+      <c r="E19" s="6">
+        <v>1.08</v>
+      </c>
+      <c r="F19" s="6">
+        <v>2.15</v>
+      </c>
+      <c r="G19" s="6">
+        <v>1.28</v>
+      </c>
+      <c r="H19" s="6">
+        <v>1.31</v>
       </c>
     </row>
     <row r="20" spans="1:8">
-      <c r="A20" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="5">
+        <v>40599</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.61</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0.83</v>
+      </c>
+      <c r="D20" s="6">
+        <v>1.63</v>
+      </c>
+      <c r="E20" s="6">
+        <v>1.33</v>
+      </c>
+      <c r="F20" s="6">
+        <v>2.2</v>
+      </c>
+      <c r="G20" s="6">
+        <v>1.36</v>
+      </c>
+      <c r="H20" s="6">
+        <v>1.44</v>
       </c>
     </row>
     <row r="21" spans="1:8">
-      <c r="A21" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="5">
+        <v>40234</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="D21" s="6">
+        <v>1.23</v>
+      </c>
+      <c r="E21" s="6">
+        <v>0.95</v>
+      </c>
+      <c r="F21" s="6">
+        <v>1.66</v>
+      </c>
+      <c r="G21" s="6">
+        <v>0.94</v>
+      </c>
+      <c r="H21" s="6">
+        <v>1.19</v>
       </c>
     </row>
     <row r="22" spans="1:8">
-      <c r="A22" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="5">
+        <v>39870</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.51</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0.33</v>
+      </c>
+      <c r="E22" s="6">
+        <v>0.39</v>
+      </c>
+      <c r="F22" s="6">
+        <v>1.02</v>
+      </c>
+      <c r="G22" s="6">
+        <v>0.66</v>
+      </c>
+      <c r="H22" s="6">
+        <v>0.77</v>
       </c>
     </row>
     <row r="23" spans="1:8">
-      <c r="A23" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="5">
+        <v>39506</v>
+      </c>
+      <c r="B23" s="6">
+        <v>1.03</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0.98</v>
+      </c>
+      <c r="D23" s="6">
+        <v>1.06</v>
+      </c>
+      <c r="E23" s="6">
+        <v>0.91</v>
+      </c>
+      <c r="F23" s="6">
+        <v>3.45</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1.21</v>
+      </c>
+      <c r="H23" s="6">
+        <v>1.3</v>
       </c>
     </row>
     <row r="24" spans="1:8">
-      <c r="A24" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="5">
+        <v>39139</v>
+      </c>
+      <c r="B24" s="6">
+        <v>1.08</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1.17</v>
+      </c>
+      <c r="D24" s="6">
+        <v>1.12</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0.96</v>
+      </c>
+      <c r="F24" s="6">
+        <v>3.54</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.22</v>
+      </c>
+      <c r="H24" s="6">
+        <v>1.44</v>
       </c>
     </row>
     <row r="25" spans="1:8">
-      <c r="A25" s="6">
-[...21 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="5">
+        <v>38776</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0.86</v>
+      </c>
+      <c r="C25" s="6">
+        <v>1.06</v>
+      </c>
+      <c r="D25" s="6">
+        <v>1.44</v>
+      </c>
+      <c r="E25" s="6">
+        <v>0.93</v>
+      </c>
+      <c r="F25" s="6">
+        <v>3.72</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1.24</v>
+      </c>
+      <c r="H25" s="6">
+        <v>1.36</v>
       </c>
     </row>
     <row r="26" spans="1:8">
-      <c r="A26" s="6">
-[...60 lines deleted...]
-      <c r="H28" s="9"/>
+      <c r="A26" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C28"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C28" sqref="C28"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>18</v>
       </c>
     </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="5">
+        <v>46051</v>
+      </c>
+      <c r="B5" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="4"/>
-[...4 lines deleted...]
-        <v>19</v>
+      <c r="A6" s="5">
+        <v>45685</v>
+      </c>
+      <c r="B6" s="6">
+        <v>1.52</v>
+      </c>
+      <c r="C6" s="6">
+        <v>2.77</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>45314</v>
+      </c>
+      <c r="B7" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="C7" s="6">
+        <v>2.26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44952</v>
+      </c>
+      <c r="B8" s="6">
+        <v>1.78</v>
+      </c>
+      <c r="C8" s="6">
+        <v>2.09</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5">
+        <v>44586</v>
+      </c>
+      <c r="B9" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="C9" s="6">
+        <v>2.09</v>
       </c>
     </row>
     <row r="10" spans="1:3">
-      <c r="A10" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5">
+        <v>44224</v>
+      </c>
+      <c r="B10" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="C10" s="6">
+        <v>2.11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
-      <c r="A11" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5">
+        <v>43868</v>
+      </c>
+      <c r="B11" s="6">
+        <v>2.07</v>
+      </c>
+      <c r="C11" s="6">
+        <v>1.92</v>
       </c>
     </row>
     <row r="12" spans="1:3">
-      <c r="A12" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5">
+        <v>43504</v>
+      </c>
+      <c r="B12" s="6">
+        <v>1.58</v>
+      </c>
+      <c r="C12" s="6">
+        <v>1.62</v>
       </c>
     </row>
     <row r="13" spans="1:3">
-      <c r="A13" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="5">
+        <v>43137</v>
+      </c>
+      <c r="B13" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1.82</v>
       </c>
     </row>
     <row r="14" spans="1:3">
-      <c r="A14" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="5">
+        <v>42775</v>
+      </c>
+      <c r="B14" s="6">
+        <v>1.59</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1.76</v>
       </c>
     </row>
     <row r="15" spans="1:3">
-      <c r="A15" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="5">
+        <v>42424</v>
+      </c>
+      <c r="B15" s="6">
+        <v>1.43</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1.55</v>
       </c>
     </row>
     <row r="16" spans="1:3">
-      <c r="A16" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="5">
+        <v>42044</v>
+      </c>
+      <c r="B16" s="6">
+        <v>1.34</v>
+      </c>
+      <c r="C16" s="6">
+        <v>1.66</v>
       </c>
     </row>
     <row r="17" spans="1:3">
-      <c r="A17" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="5">
+        <v>41684</v>
+      </c>
+      <c r="B17" s="6">
+        <v>1.15</v>
+      </c>
+      <c r="C17" s="6">
+        <v>1.66</v>
       </c>
     </row>
     <row r="18" spans="1:3">
-      <c r="A18" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="5">
+        <v>41333</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.6</v>
+      </c>
+      <c r="C18" s="6">
+        <v>1.37</v>
       </c>
     </row>
     <row r="19" spans="1:3">
-      <c r="A19" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="5">
+        <v>40962</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.62</v>
+      </c>
+      <c r="C19" s="6">
+        <v>1.33</v>
       </c>
     </row>
     <row r="20" spans="1:3">
-      <c r="A20" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="5">
+        <v>40599</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.61</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1.45</v>
       </c>
     </row>
     <row r="21" spans="1:3">
-      <c r="A21" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="5">
+        <v>40234</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1.12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
-      <c r="A22" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="5">
+        <v>39870</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.71</v>
       </c>
     </row>
     <row r="23" spans="1:3">
-      <c r="A23" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="5">
+        <v>39506</v>
+      </c>
+      <c r="B23" s="6">
+        <v>1.03</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1.76</v>
       </c>
     </row>
     <row r="24" spans="1:3">
-      <c r="A24" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="5">
+        <v>39139</v>
+      </c>
+      <c r="B24" s="6">
+        <v>1.08</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1.91</v>
       </c>
     </row>
     <row r="25" spans="1:3">
-      <c r="A25" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="5">
+        <v>38776</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0.86</v>
+      </c>
+      <c r="C25" s="6">
+        <v>1.95</v>
       </c>
     </row>
     <row r="26" spans="1:3">
-      <c r="A26" s="6">
-[...25 lines deleted...]
-      <c r="C28" s="9"/>
+      <c r="A26" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C28"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C28" sqref="C28"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>20</v>
       </c>
     </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="5">
+        <v>46051</v>
+      </c>
+      <c r="B5" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="4"/>
-[...4 lines deleted...]
-        <v>21</v>
+      <c r="A6" s="5">
+        <v>45685</v>
+      </c>
+      <c r="B6" s="6">
+        <v>1.52</v>
+      </c>
+      <c r="C6" s="6">
+        <v>2.29</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>45314</v>
+      </c>
+      <c r="B7" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="C7" s="6">
+        <v>2.06</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44952</v>
+      </c>
+      <c r="B8" s="6">
+        <v>1.78</v>
+      </c>
+      <c r="C8" s="6">
+        <v>1.8</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5">
+        <v>44586</v>
+      </c>
+      <c r="B9" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="C9" s="6">
+        <v>2.07</v>
       </c>
     </row>
     <row r="10" spans="1:3">
-      <c r="A10" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5">
+        <v>44224</v>
+      </c>
+      <c r="B10" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="C10" s="6">
+        <v>2.14</v>
       </c>
     </row>
     <row r="11" spans="1:3">
-      <c r="A11" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5">
+        <v>43868</v>
+      </c>
+      <c r="B11" s="6">
+        <v>2.07</v>
+      </c>
+      <c r="C11" s="6">
+        <v>1.77</v>
       </c>
     </row>
     <row r="12" spans="1:3">
-      <c r="A12" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5">
+        <v>43504</v>
+      </c>
+      <c r="B12" s="6">
+        <v>1.58</v>
+      </c>
+      <c r="C12" s="6">
+        <v>1.58</v>
       </c>
     </row>
     <row r="13" spans="1:3">
-      <c r="A13" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="5">
+        <v>43137</v>
+      </c>
+      <c r="B13" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1.71</v>
       </c>
     </row>
     <row r="14" spans="1:3">
-      <c r="A14" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="5">
+        <v>42775</v>
+      </c>
+      <c r="B14" s="6">
+        <v>1.59</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1.68</v>
       </c>
     </row>
     <row r="15" spans="1:3">
-      <c r="A15" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="5">
+        <v>42424</v>
+      </c>
+      <c r="B15" s="6">
+        <v>1.43</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1.48</v>
       </c>
     </row>
     <row r="16" spans="1:3">
-      <c r="A16" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="5">
+        <v>42044</v>
+      </c>
+      <c r="B16" s="6">
+        <v>1.34</v>
+      </c>
+      <c r="C16" s="6">
+        <v>1.65</v>
       </c>
     </row>
     <row r="17" spans="1:3">
-      <c r="A17" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="5">
+        <v>41684</v>
+      </c>
+      <c r="B17" s="6">
+        <v>1.15</v>
+      </c>
+      <c r="C17" s="6">
+        <v>1.57</v>
       </c>
     </row>
     <row r="18" spans="1:3">
-      <c r="A18" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="5">
+        <v>41333</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.6</v>
+      </c>
+      <c r="C18" s="6">
+        <v>1.31</v>
       </c>
     </row>
     <row r="19" spans="1:3">
-      <c r="A19" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="5">
+        <v>40962</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.62</v>
+      </c>
+      <c r="C19" s="6">
+        <v>1.27</v>
       </c>
     </row>
     <row r="20" spans="1:3">
-      <c r="A20" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="5">
+        <v>40599</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.61</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1.39</v>
       </c>
     </row>
     <row r="21" spans="1:3">
-      <c r="A21" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="5">
+        <v>40234</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1.09</v>
       </c>
     </row>
     <row r="22" spans="1:3">
-      <c r="A22" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="5">
+        <v>39870</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.64</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.71</v>
       </c>
     </row>
     <row r="23" spans="1:3">
-      <c r="A23" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="5">
+        <v>39506</v>
+      </c>
+      <c r="B23" s="6">
+        <v>1.03</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1.62</v>
       </c>
     </row>
     <row r="24" spans="1:3">
-      <c r="A24" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="5">
+        <v>39139</v>
+      </c>
+      <c r="B24" s="6">
+        <v>1.08</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1.73</v>
       </c>
     </row>
     <row r="25" spans="1:3">
-      <c r="A25" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="5">
+        <v>38776</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0.86</v>
+      </c>
+      <c r="C25" s="6">
+        <v>1.8</v>
       </c>
     </row>
     <row r="26" spans="1:3">
-      <c r="A26" s="6">
-[...25 lines deleted...]
-      <c r="C28" s="9"/>
+      <c r="A26" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">