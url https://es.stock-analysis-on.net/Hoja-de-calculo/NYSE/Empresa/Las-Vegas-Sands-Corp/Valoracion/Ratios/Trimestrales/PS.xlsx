--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1115,60 +1115,60 @@
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
         <v>5.43</v>
       </c>
       <c r="C17" s="10">
         <v>5.68</v>
       </c>
       <c r="D17" s="10">
         <v>6.25</v>
       </c>
       <c r="E17" s="10">
         <v>5.14</v>
       </c>
       <c r="F17" s="10">
         <v>4.86</v>
       </c>
       <c r="G17" s="10">
         <v>5.15</v>
       </c>
       <c r="H17" s="10">
         <v>5.36</v>
       </c>
       <c r="I17" s="10">
-        <v>5.8</v>
+        <v>0.0</v>
       </c>
       <c r="J17" s="10">
-        <v>6.91</v>
+        <v>0.0</v>
       </c>
       <c r="K17" s="10">
-        <v>7.52</v>
+        <v>0.0</v>
       </c>
       <c r="L17" s="10">
-        <v>6.61</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="10">
         <v>0.0</v>
       </c>
       <c r="N17" s="10">
         <v>0.0</v>
       </c>
       <c r="O17" s="10">
         <v>0.0</v>
       </c>
       <c r="P17" s="10">
         <v>0.0</v>
       </c>
       <c r="Q17" s="10">
         <v>0.0</v>
       </c>
       <c r="R17" s="10">
         <v>0.0</v>
       </c>
       <c r="S17" s="10">
         <v>0.0</v>
       </c>
       <c r="T17" s="10">
         <v>0.0</v>
       </c>