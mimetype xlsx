--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1047,51 +1047,51 @@
       </c>
       <c r="D30" s="14">
         <v>0.2495</v>
       </c>
       <c r="E30" s="14">
         <v>-0.0711</v>
       </c>
       <c r="F30" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="14">
         <v>0.2551</v>
       </c>
       <c r="C31" s="14">
         <v>0.0117</v>
       </c>
       <c r="D31" s="14">
         <v>0.1107</v>
       </c>
       <c r="E31" s="14">
-        <v>0.4354</v>
+        <v>0.0</v>
       </c>
       <c r="F31" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="14">
         <v>0.0228</v>
       </c>
       <c r="C32" s="14">
         <v>0.0496</v>
       </c>
       <c r="D32" s="14">
         <v>-0.0178</v>
       </c>
       <c r="E32" s="14">
         <v>0.4338</v>
       </c>
       <c r="F32" s="14">
         <v>0.0</v>
       </c>
     </row>