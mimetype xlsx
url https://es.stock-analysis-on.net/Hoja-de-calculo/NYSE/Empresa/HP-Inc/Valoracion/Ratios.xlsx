--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -770,155 +770,155 @@
       <c r="B13" s="7">
         <v>39.46</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="7">
         <v>-0.43</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="10">
         <v>5.03</v>
       </c>
       <c r="C16" s="10">
-        <v>36.16</v>
+        <v>36.45</v>
       </c>
       <c r="D16" s="10">
-        <v>56.81</v>
+        <v>60.71</v>
       </c>
       <c r="E16" s="10">
-        <v>31.97</v>
+        <v>32.92</v>
       </c>
       <c r="F16" s="10">
-        <v>16.65</v>
+        <v>17.47</v>
       </c>
       <c r="G16" s="10">
-        <v>17.56</v>
+        <v>19.57</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="10">
         <v>4.27</v>
       </c>
       <c r="C17" s="10">
-        <v>15.32</v>
+        <v>15.45</v>
       </c>
       <c r="D17" s="10">
-        <v>45.4</v>
+        <v>48.51</v>
       </c>
       <c r="E17" s="10">
-        <v>28.68</v>
+        <v>29.54</v>
       </c>
       <c r="F17" s="10">
-        <v>6.13</v>
+        <v>6.43</v>
       </c>
       <c r="G17" s="10">
-        <v>14.87</v>
+        <v>16.57</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="10">
         <v>0.28</v>
       </c>
       <c r="C18" s="10">
         <v>0.27</v>
       </c>
       <c r="D18" s="10">
-        <v>2.26</v>
+        <v>2.41</v>
       </c>
       <c r="E18" s="10">
-        <v>2.79</v>
+        <v>2.88</v>
       </c>
       <c r="F18" s="10">
         <v>0.1</v>
       </c>
       <c r="G18" s="10">
-        <v>0.97</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="10">
         <v>6.6</v>
       </c>
       <c r="C19" s="10">
-        <v>30.44</v>
+        <v>30.69</v>
       </c>
       <c r="D19" s="10">
-        <v>55.030000000000001</v>
+        <v>58.8</v>
       </c>
       <c r="E19" s="10">
-        <v>27.67</v>
+        <v>28.5</v>
       </c>
       <c r="F19" s="10">
-        <v>12.26</v>
+        <v>12.86</v>
       </c>
       <c r="G19" s="10">
-        <v>14.7</v>
+        <v>16.38</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="10">
         <v>0.46</v>
       </c>
       <c r="C20" s="10">
-        <v>9.73</v>
+        <v>9.81</v>
       </c>
       <c r="D20" s="10">
-        <v>23.14</v>
+        <v>24.72</v>
       </c>
       <c r="E20" s="10">
-        <v>5.74</v>
+        <v>5.92</v>
       </c>
       <c r="F20" s="10">
-        <v>0.8</v>
+        <v>0.84</v>
       </c>
       <c r="G20" s="10">
-        <v>0.84</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>