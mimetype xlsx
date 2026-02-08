--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -674,51 +674,51 @@
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="7">
-        <v>59.22</v>
+        <v>60.67</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8">
         <v>1435930660.0</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="9">
         <v>0.1176</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="7">
         <v>1.32</v>
       </c>
@@ -743,109 +743,109 @@
       <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7">
         <v>17.73</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
         <v>12.24</v>
       </c>
     </row>
     <row r="15" spans="1:3" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="10">
-        <v>45.020000000000003</v>
+        <v>46.12</v>
       </c>
       <c r="C16" s="10">
-        <v>34.95</v>
+        <v>34.68</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
-        <v>40.28</v>
+        <v>41.27</v>
       </c>
       <c r="C17" s="10">
-        <v>31.54</v>
+        <v>31.29</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
-        <v>3.83</v>
+        <v>3.92</v>
       </c>
       <c r="C18" s="10">
-        <v>3.23</v>
+        <v>3.21</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="10">
-        <v>12.39</v>
+        <v>12.69</v>
       </c>
       <c r="C19" s="10">
-        <v>20.15</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="10">
-        <v>3.34</v>
+        <v>3.42</v>
       </c>
       <c r="C20" s="10">
-        <v>4.77</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="10">
-        <v>4.84</v>
+        <v>4.96</v>
       </c>
       <c r="C21" s="10">
-        <v>6.52</v>
+        <v>6.47</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F9" sqref="F9"/>