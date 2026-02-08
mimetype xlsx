--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -750,63 +750,63 @@
       </c>
       <c r="B14" s="14">
         <v>0.0</v>
       </c>
       <c r="C14" s="14">
         <v>0.2863</v>
       </c>
       <c r="D14" s="14">
         <v>0.1031</v>
       </c>
       <c r="E14" s="14">
         <v>-0.4913</v>
       </c>
       <c r="F14" s="14">
         <v>0.0666</v>
       </c>
       <c r="G14" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="14">
-        <v>0.0</v>
+        <v>0.0335</v>
       </c>
       <c r="C15" s="14">
         <v>0.0155</v>
       </c>
       <c r="D15" s="14">
         <v>0.0367</v>
       </c>
       <c r="E15" s="14">
         <v>0.0253</v>
       </c>
       <c r="F15" s="14">
-        <v>0.0047</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="14">
         <v>0.0</v>
       </c>
       <c r="C16" s="14">
         <v>-0.1364</v>
       </c>
       <c r="D16" s="14">
         <v>0.0735</v>
       </c>
       <c r="E16" s="14">
         <v>0.38</v>
       </c>
       <c r="F16" s="14">
         <v>-0.1059</v>
       </c>
       <c r="G16" s="14">