--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -847,51 +847,51 @@
       </c>
       <c r="E19" s="12">
         <v>7.16</v>
       </c>
       <c r="F19" s="12">
         <v>5.38</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
         <v>2.29</v>
       </c>
       <c r="C20" s="12">
         <v>2.31</v>
       </c>
       <c r="D20" s="12">
         <v>2.28</v>
       </c>
       <c r="E20" s="12">
         <v>2.66</v>
       </c>
       <c r="F20" s="12">
-        <v>2.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>5.23</v>
       </c>
       <c r="C21" s="12">
         <v>5.21</v>
       </c>
       <c r="D21" s="12">
         <v>5.53</v>
       </c>
       <c r="E21" s="12">
         <v>4.92</v>
       </c>
       <c r="F21" s="12">
         <v>5.61</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>