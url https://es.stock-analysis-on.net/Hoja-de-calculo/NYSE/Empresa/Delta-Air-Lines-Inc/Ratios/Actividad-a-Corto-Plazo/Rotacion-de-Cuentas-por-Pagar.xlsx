--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -700,51 +700,51 @@
       </c>
       <c r="B13" s="12">
         <v>10.87</v>
       </c>
       <c r="C13" s="12">
         <v>21.93</v>
       </c>
       <c r="D13" s="12">
         <v>0.0</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>28.99</v>
       </c>
       <c r="C14" s="12">
-        <v>31.92</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="12">
         <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>9.62</v>
       </c>
       <c r="C15" s="12">
         <v>9.63</v>
       </c>
       <c r="D15" s="12">
         <v>0.0</v>
       </c>
       <c r="E15" s="12">