--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -873,51 +873,51 @@
       </c>
       <c r="E20" s="15">
         <v>0.73</v>
       </c>
       <c r="F20" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="15">
         <v>1.34</v>
       </c>
       <c r="C21" s="15">
         <v>1.3</v>
       </c>
       <c r="D21" s="15">
         <v>1.26</v>
       </c>
       <c r="E21" s="15">
         <v>1.55</v>
       </c>
       <c r="F21" s="15">
-        <v>1.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="15">
         <v>0.73</v>
       </c>
       <c r="C23" s="15">
         <v>0.72</v>
       </c>
       <c r="D23" s="15">
         <v>0.72</v>
       </c>
       <c r="E23" s="15">
         <v>0.7</v>
       </c>
       <c r="F23" s="15">
         <v>0.0</v>