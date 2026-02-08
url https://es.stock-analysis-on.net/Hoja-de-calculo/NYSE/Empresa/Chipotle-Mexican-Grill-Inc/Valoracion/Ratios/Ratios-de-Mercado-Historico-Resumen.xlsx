--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -478,143 +478,143 @@
   </sheetPr>
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
+        <v>33.86</v>
+      </c>
+      <c r="C5" s="6">
         <v>50.81</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>58.48</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>49.37</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>67.030000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>122.18000000000001</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>26.87</v>
+      </c>
+      <c r="C6" s="6">
         <v>40.67</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>46.13</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>38.25</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>54.38</v>
-      </c>
-[...1 lines deleted...]
-        <v>149.81</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>4.36</v>
+      </c>
+      <c r="C7" s="6">
         <v>6.89</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>7.28</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>5.14</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>5.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.26</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>18.37</v>
+      </c>
+      <c r="C8" s="6">
         <v>21.32</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>23.47</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>18.74</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>19.050000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.52</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>