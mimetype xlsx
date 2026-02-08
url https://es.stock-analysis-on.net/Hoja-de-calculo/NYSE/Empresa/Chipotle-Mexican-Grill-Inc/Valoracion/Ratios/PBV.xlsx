--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -569,243 +569,243 @@
   </sheetPr>
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C5" s="6">
         <v>1355337000.0</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>1371058450.0</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>1381092350.0</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>1401597400.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407203250.0</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>2830607.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>3655546.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>3062207.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>2368023.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9">
+        <v>2.17</v>
+      </c>
+      <c r="C8" s="9">
         <v>2.7</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>2.23</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>1.71</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>1.64</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.44</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9">
+        <v>39.93</v>
+      </c>
+      <c r="C9" s="9">
         <v>57.51</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>52.41</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>32.14</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>31.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>30.89</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="11">
+        <v>18.37</v>
+      </c>
+      <c r="C11" s="11">
         <v>21.32</v>
       </c>
-      <c r="C11" s="11">
+      <c r="D11" s="11">
         <v>23.47</v>
       </c>
-      <c r="D11" s="11">
+      <c r="E11" s="11">
         <v>18.74</v>
       </c>
-      <c r="E11" s="11">
+      <c r="F11" s="11">
         <v>19.050000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.52</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="9">
         <v>10.57</v>
       </c>
-      <c r="C14" s="9">
+      <c r="D14" s="9">
         <v>12.09</v>
       </c>
-      <c r="D14" s="9">
+      <c r="E14" s="9">
         <v>15.16</v>
       </c>
-      <c r="E14" s="9">
+      <c r="F14" s="9">
         <v>20.88</v>
-      </c>
-[...1 lines deleted...]
-        <v>43.27</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>0.0</v>
       </c>
       <c r="D15" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="E15" s="9">
         <v>32.84</v>
       </c>
-      <c r="E15" s="9">
+      <c r="F15" s="9">
         <v>16.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>20.46</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="9">
         <v>11.49</v>
       </c>
-      <c r="C16" s="9">
+      <c r="D16" s="9">
         <v>6.85</v>
       </c>
-      <c r="D16" s="9">
+      <c r="E16" s="9">
         <v>3.15</v>
       </c>
-      <c r="E16" s="9">
+      <c r="F16" s="9">
         <v>7.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>10.36</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>0.0</v>
       </c>
       <c r="D17" s="9">
         <v>0.0</v>
       </c>
       <c r="E17" s="9">
         <v>0.0</v>
       </c>
       <c r="F17" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>15</v>
@@ -814,88 +814,88 @@
         <v>0.0</v>
       </c>
       <c r="C18" s="9">
         <v>0.0</v>
       </c>
       <c r="D18" s="9">
         <v>0.0</v>
       </c>
       <c r="E18" s="9">
         <v>0.0</v>
       </c>
       <c r="F18" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="9">
         <v>163.88</v>
       </c>
-      <c r="C20" s="9">
+      <c r="D20" s="9">
         <v>264.39999999999998</v>
       </c>
-      <c r="D20" s="9">
+      <c r="E20" s="9">
         <v>198.47</v>
       </c>
-      <c r="E20" s="9">
+      <c r="F20" s="9">
         <v>74.079999999999998</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="9">
         <v>11.08</v>
       </c>
-      <c r="C22" s="9">
+      <c r="D22" s="9">
         <v>10.06</v>
       </c>
-      <c r="D22" s="9">
+      <c r="E22" s="9">
         <v>9.41</v>
       </c>
-      <c r="E22" s="9">
+      <c r="F22" s="9">
         <v>13.21</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>