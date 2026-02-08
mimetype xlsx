--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -483,54 +483,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K27"/>
+  <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="K27" sqref="K27"/>
+      <selection activeCell="K28" sqref="K28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.055" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -547,522 +547,545 @@
       </c>
       <c r="E6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="6">
-        <v>45693</v>
+        <v>46057</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="6">
-        <v>45330</v>
+        <v>45693</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="6">
-        <v>44966</v>
+        <v>45330</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="6">
-        <v>44603</v>
+        <v>44966</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="6">
-        <v>44237</v>
+        <v>44603</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="6">
-        <v>43866</v>
+        <v>44237</v>
       </c>
       <c r="B12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="6">
-        <v>43504</v>
+        <v>43866</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="6">
-        <v>43139</v>
+        <v>43504</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="6">
-        <v>42773</v>
+        <v>43139</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="6">
-        <v>42405</v>
+        <v>42773</v>
       </c>
       <c r="B16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="6">
-        <v>42039</v>
+        <v>42405</v>
       </c>
       <c r="B17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="6">
-        <v>41675</v>
+        <v>42039</v>
       </c>
       <c r="B18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="6">
-        <v>41313</v>
+        <v>41675</v>
       </c>
       <c r="B19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="6">
-        <v>40949</v>
+        <v>41313</v>
       </c>
       <c r="B20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="6">
-        <v>40591</v>
+        <v>40949</v>
       </c>
       <c r="B21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K21" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="6">
-        <v>40228</v>
+        <v>40591</v>
       </c>
       <c r="B22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K22" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="6">
-        <v>39863</v>
+        <v>40228</v>
       </c>
       <c r="B23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K23" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="6">
-        <v>39504</v>
+        <v>39863</v>
       </c>
       <c r="B24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K24" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="6">
-        <v>39136</v>
+        <v>39504</v>
       </c>
       <c r="B25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="G25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="I25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K25" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="6">
+        <v>39136</v>
+      </c>
+      <c r="B26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="6">
         <v>38793</v>
       </c>
-      <c r="B26" s="7" t="e">
-[...19 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="B27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B27" s="9"/>
-[...8 lines deleted...]
-      <c r="K27" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">