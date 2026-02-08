--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,113 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pasivos y capital contable" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Chipotle Mexican Grill Inc.</t>
   </si>
   <si>
     <t>Estructura del balance consolidado: pasivo y patrimonio contable</t>
   </si>
   <si>
     <t>Cuentas a pagar</t>
   </si>
   <si>
     <t>Responsabilidad de compensación para trabajadores</t>
   </si>
   <si>
     <t>Nómina devengada, bonificaciones e impuestos</t>
   </si>
   <si>
-    <t>Impuestos sobre la nómina del empleador acumulados, diferidos de conformidad con la Ley CARES</t>
-[...1 lines deleted...]
-  <si>
     <t>Otras nóminas y beneficios devengados</t>
   </si>
   <si>
     <t>Nómina y beneficios acumulados</t>
   </si>
   <si>
     <t>Impuesto sobre las ventas y el uso a pagar</t>
   </si>
   <si>
     <t>Reservas de seguros generales, de productos y de automóviles</t>
   </si>
   <si>
     <t>Otros pasivos acumulados</t>
   </si>
   <si>
     <t>Pasivos acumulados</t>
   </si>
   <si>
     <t>Ingresos no devengados</t>
   </si>
   <si>
     <t>Pasivos corrientes por arrendamiento operativo</t>
   </si>
   <si>
     <t>Pasivo corriente</t>
   </si>
   <si>
     <t>Pasivos por arrendamiento operativo a largo plazo</t>
   </si>
   <si>
     <t>Pasivos por impuestos diferidos</t>
   </si>
   <si>
     <t>Otros pasivos</t>
   </si>
   <si>
     <t>Pasivos a largo plazo</t>
   </si>
   <si>
     <t>Pasivo total</t>
-  </si>
-[...1 lines deleted...]
-    <t>Acciones preferentes, valor nominal de $0.01, sin acciones emitidas</t>
   </si>
   <si>
     <t>Acciones ordinarias, valor nominal de $0.01</t>
   </si>
   <si>
     <t>Capital desembolsado adicional</t>
   </si>
   <si>
     <t>Autocartera, al coste</t>
   </si>
   <si>
     <t>Otra pérdida integral acumulada</t>
   </si>
   <si>
     <t>Utilidades retenidas</t>
   </si>
   <si>
     <t>Patrimonio neto</t>
   </si>
   <si>
     <t>Pasivo total y patrimonio neto</t>
   </si>
   <si>
     <t>Fuente: https://es.stock-analysis-on.net</t>
   </si>
@@ -547,618 +541,578 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F31"/>
+  <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F31" sqref="F31"/>
+      <selection activeCell="F29" sqref="F29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
+        <v>0.0237</v>
+      </c>
+      <c r="C5" s="6">
         <v>0.0229</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>0.0246</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>0.0266</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>0.0245</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0204</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
-        <v>0.0038</v>
+        <v>0.0049</v>
       </c>
       <c r="C6" s="6">
         <v>0.0038</v>
       </c>
       <c r="D6" s="6">
+        <v>0.0038</v>
+      </c>
+      <c r="E6" s="6">
         <v>0.004</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>0.0041</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0046</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>0.0197</v>
+      </c>
+      <c r="C7" s="6">
         <v>0.0213</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>0.0212</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>0.0171</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>0.0162</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.007</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
-        <v>0.0</v>
+        <v>0.0032</v>
       </c>
       <c r="C8" s="6">
-        <v>0.0</v>
+        <v>0.0034</v>
       </c>
       <c r="D8" s="6">
-        <v>0.0</v>
+        <v>0.0033</v>
       </c>
       <c r="E8" s="6">
-        <v>0.0</v>
+        <v>0.0035</v>
       </c>
       <c r="F8" s="6">
-        <v>0.0118</v>
+        <v>0.0041</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="6">
-[...12 lines deleted...]
-        <v>0.0105</v>
+      <c r="B9" s="9">
+        <v>0.0278</v>
+      </c>
+      <c r="C9" s="9">
+        <v>0.0285</v>
+      </c>
+      <c r="D9" s="9">
+        <v>0.0283</v>
+      </c>
+      <c r="E9" s="9">
+        <v>0.0246</v>
+      </c>
+      <c r="F9" s="9">
+        <v>0.0244</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="9">
-[...12 lines deleted...]
-        <v>0.0339</v>
+      <c r="B10" s="6">
+        <v>0.0053</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.0051</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.0052</v>
+      </c>
+      <c r="E10" s="6">
+        <v>0.0051</v>
+      </c>
+      <c r="F10" s="6">
+        <v>0.0048</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="6">
-        <v>0.0051</v>
+        <v>0.0044</v>
       </c>
       <c r="C11" s="6">
-        <v>0.0052</v>
+        <v>0.0037</v>
       </c>
       <c r="D11" s="6">
-        <v>0.0051</v>
+        <v>0.0038</v>
       </c>
       <c r="E11" s="6">
-        <v>0.0048</v>
+        <v>0.0043</v>
       </c>
       <c r="F11" s="6">
-        <v>0.0044</v>
+        <v>0.0072</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="6">
-        <v>0.0037</v>
+        <v>0.0106</v>
       </c>
       <c r="C12" s="6">
-        <v>0.0038</v>
+        <v>0.0107</v>
       </c>
       <c r="D12" s="6">
-        <v>0.0043</v>
+        <v>0.0094</v>
       </c>
       <c r="E12" s="6">
-        <v>0.0072</v>
+        <v>0.0119</v>
       </c>
       <c r="F12" s="6">
-        <v>0.0086</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="6">
-[...12 lines deleted...]
-        <v>0.0145</v>
+      <c r="B13" s="9">
+        <v>0.0203</v>
+      </c>
+      <c r="C13" s="9">
+        <v>0.0195</v>
+      </c>
+      <c r="D13" s="9">
+        <v>0.0184</v>
+      </c>
+      <c r="E13" s="9">
+        <v>0.0213</v>
+      </c>
+      <c r="F13" s="9">
+        <v>0.026</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="8" t="s">
+      <c r="A14" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="9">
-[...12 lines deleted...]
-        <v>0.0275</v>
+      <c r="B14" s="6">
+        <v>0.0267</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0.0259</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.0261</v>
+      </c>
+      <c r="E14" s="6">
+        <v>0.0264</v>
+      </c>
+      <c r="F14" s="6">
+        <v>0.0235</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="6">
-        <v>0.0259</v>
+        <v>0.0336</v>
       </c>
       <c r="C15" s="6">
-        <v>0.0261</v>
+        <v>0.0302</v>
       </c>
       <c r="D15" s="6">
-        <v>0.0264</v>
+        <v>0.0308</v>
       </c>
       <c r="E15" s="6">
-        <v>0.0235</v>
+        <v>0.0341</v>
       </c>
       <c r="F15" s="6">
-        <v>0.0214</v>
+        <v>0.0329</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="5" t="s">
+      <c r="A16" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="6">
-[...12 lines deleted...]
-        <v>0.0342</v>
+      <c r="B16" s="9">
+        <v>0.1321</v>
+      </c>
+      <c r="C16" s="9">
+        <v>0.127</v>
+      </c>
+      <c r="D16" s="9">
+        <v>0.1281</v>
+      </c>
+      <c r="E16" s="9">
+        <v>0.1331</v>
+      </c>
+      <c r="F16" s="9">
+        <v>0.1313</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="10" t="s">
+      <c r="A17" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="9">
-[...12 lines deleted...]
-        <v>0.1374</v>
+      <c r="B17" s="6">
+        <v>0.5307</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0.4631</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0.4728</v>
+      </c>
+      <c r="E17" s="6">
+        <v>0.5045</v>
+      </c>
+      <c r="F17" s="6">
+        <v>0.4963</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="6">
-        <v>0.4631</v>
+        <v>0.014</v>
       </c>
       <c r="C18" s="6">
-        <v>0.4728</v>
+        <v>0.005</v>
       </c>
       <c r="D18" s="6">
-        <v>0.5045</v>
+        <v>0.0111</v>
       </c>
       <c r="E18" s="6">
-        <v>0.4963</v>
+        <v>0.0142</v>
       </c>
       <c r="F18" s="6">
-        <v>0.4935</v>
+        <v>0.0213</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="6">
-        <v>0.005</v>
+        <v>0.0085</v>
       </c>
       <c r="C19" s="6">
-        <v>0.0111</v>
+        <v>0.0077</v>
       </c>
       <c r="D19" s="6">
-        <v>0.0142</v>
+        <v>0.0073</v>
       </c>
       <c r="E19" s="6">
-        <v>0.0213</v>
+        <v>0.0063</v>
       </c>
       <c r="F19" s="6">
-        <v>0.025</v>
+        <v>0.0058</v>
       </c>
     </row>
     <row r="20" spans="1:6">
-      <c r="A20" s="5" t="s">
+      <c r="A20" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="6">
-[...12 lines deleted...]
-        <v>0.0065</v>
+      <c r="B20" s="9">
+        <v>0.5532</v>
+      </c>
+      <c r="C20" s="9">
+        <v>0.4759</v>
+      </c>
+      <c r="D20" s="9">
+        <v>0.4912</v>
+      </c>
+      <c r="E20" s="9">
+        <v>0.5251</v>
+      </c>
+      <c r="F20" s="9">
+        <v>0.5234</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="10" t="s">
+      <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="9">
-        <v>0.4759</v>
+        <v>0.6853</v>
       </c>
       <c r="C21" s="9">
-        <v>0.4912</v>
+        <v>0.6028</v>
       </c>
       <c r="D21" s="9">
-        <v>0.5251</v>
+        <v>0.6193</v>
       </c>
       <c r="E21" s="9">
-        <v>0.5234</v>
+        <v>0.6582</v>
       </c>
       <c r="F21" s="9">
-        <v>0.5249</v>
+        <v>0.6547</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="11" t="s">
+      <c r="A22" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="9">
-[...12 lines deleted...]
-        <v>0.6623</v>
+      <c r="B22" s="6">
+        <v>0.0015</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.0015</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E22" s="6">
+        <v>0.0001</v>
+      </c>
+      <c r="F22" s="6">
+        <v>0.0001</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="6">
-        <v>0.0</v>
+        <v>0.2451</v>
       </c>
       <c r="C23" s="6">
-        <v>0.0</v>
+        <v>0.2258</v>
       </c>
       <c r="D23" s="6">
-        <v>0.0</v>
+        <v>0.2432</v>
       </c>
       <c r="E23" s="6">
-        <v>0.0</v>
+        <v>0.2641</v>
       </c>
       <c r="F23" s="6">
-        <v>0.0</v>
+        <v>0.2599</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="6">
-        <v>0.0015</v>
+        <v>0.0</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6">
-        <v>0.0001</v>
+        <v>-0.6147</v>
       </c>
       <c r="E24" s="6">
-        <v>0.0001</v>
+        <v>-0.6181</v>
       </c>
       <c r="F24" s="6">
-        <v>0.0001</v>
+        <v>-0.5045</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="6">
-        <v>0.2258</v>
+        <v>-0.0008</v>
       </c>
       <c r="C25" s="6">
-        <v>0.2432</v>
+        <v>-0.0011</v>
       </c>
       <c r="D25" s="6">
-        <v>0.2641</v>
+        <v>-0.0008</v>
       </c>
       <c r="E25" s="6">
-        <v>0.2599</v>
+        <v>-0.0011</v>
       </c>
       <c r="F25" s="6">
-        <v>0.2591</v>
+        <v>-0.0008</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="6">
-        <v>0.0</v>
+        <v>0.0689</v>
       </c>
       <c r="C26" s="6">
-        <v>-0.6147</v>
+        <v>0.171</v>
       </c>
       <c r="D26" s="6">
-        <v>-0.6181</v>
+        <v>0.7529</v>
       </c>
       <c r="E26" s="6">
-        <v>-0.5045</v>
+        <v>0.697</v>
       </c>
       <c r="F26" s="6">
-        <v>-0.4683</v>
+        <v>0.5906</v>
       </c>
     </row>
     <row r="27" spans="1:6">
-      <c r="A27" s="5" t="s">
+      <c r="A27" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="6">
-[...12 lines deleted...]
-        <v>-0.0007</v>
+      <c r="B27" s="9">
+        <v>0.3147</v>
+      </c>
+      <c r="C27" s="9">
+        <v>0.3972</v>
+      </c>
+      <c r="D27" s="9">
+        <v>0.3807</v>
+      </c>
+      <c r="E27" s="9">
+        <v>0.3418</v>
+      </c>
+      <c r="F27" s="9">
+        <v>0.3453</v>
       </c>
     </row>
     <row r="28" spans="1:6">
-      <c r="A28" s="5" t="s">
+      <c r="A28" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="6">
-[...12 lines deleted...]
-        <v>0.5476</v>
+      <c r="B28" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="C28" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="D28" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="E28" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="F28" s="9">
+        <v>1.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
-      <c r="A29" s="11" t="s">
+      <c r="A29" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="9">
-[...43 lines deleted...]
-      <c r="F31" s="13"/>
+      <c r="B29" s="13"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">