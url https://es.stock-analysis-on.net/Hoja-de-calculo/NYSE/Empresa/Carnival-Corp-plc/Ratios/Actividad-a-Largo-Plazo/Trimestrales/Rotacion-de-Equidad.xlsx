--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1021,60 +1021,60 @@
       <c r="C15" s="13">
         <v>3.22</v>
       </c>
       <c r="D15" s="13">
         <v>3.3</v>
       </c>
       <c r="E15" s="13">
         <v>3.36</v>
       </c>
       <c r="F15" s="13">
         <v>3.62</v>
       </c>
       <c r="G15" s="13">
         <v>3.65</v>
       </c>
       <c r="H15" s="13">
         <v>3.62</v>
       </c>
       <c r="I15" s="13">
         <v>3.78</v>
       </c>
       <c r="J15" s="13">
         <v>3.67</v>
       </c>
       <c r="K15" s="13">
-        <v>3.29</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="13">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="13">
-        <v>3.15</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="13">
-        <v>3.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="13">
         <v>0.0</v>
       </c>
       <c r="P15" s="13">
         <v>0.0</v>
       </c>
       <c r="Q15" s="13">
         <v>0.0</v>
       </c>
       <c r="R15" s="13">
         <v>0.0</v>
       </c>
       <c r="S15" s="13">
         <v>0.0</v>
       </c>
       <c r="T15" s="13">
         <v>0.0</v>
       </c>
       <c r="U15" s="13">
         <v>0.0</v>
       </c>
       <c r="V15" s="13">
         <v>0.0</v>
       </c>