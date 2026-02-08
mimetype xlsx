--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -996,51 +996,51 @@
       </c>
       <c r="E16" s="6">
         <v>5.29</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="6">
         <v>1.72</v>
       </c>
       <c r="C17" s="6">
         <v>1.64</v>
       </c>
       <c r="D17" s="6">
         <v>1.54</v>
       </c>
       <c r="E17" s="6">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="6">
         <v>0.0</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="6">
         <v>7.52</v>
       </c>
       <c r="C18" s="6">
         <v>6.14</v>
       </c>
       <c r="D18" s="6">
         <v>6.62</v>
       </c>
       <c r="E18" s="6">
         <v>6.99</v>
       </c>
       <c r="F18" s="6">
@@ -1344,51 +1344,51 @@
       </c>
       <c r="E13" s="6">
         <v>0.31</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6">
         <v>1.23</v>
       </c>
       <c r="C14" s="6">
         <v>1.25</v>
       </c>
       <c r="D14" s="6">
         <v>1.13</v>
       </c>
       <c r="E14" s="6">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="6">
         <v>0.0</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6">
         <v>0.8</v>
       </c>
       <c r="C15" s="6">
         <v>0.67</v>
       </c>
       <c r="D15" s="6">
         <v>0.72</v>
       </c>
       <c r="E15" s="6">
         <v>0.45</v>
       </c>
       <c r="F15" s="6">
@@ -1692,51 +1692,51 @@
       </c>
       <c r="E13" s="6">
         <v>1.39</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6">
         <v>3.22</v>
       </c>
       <c r="C14" s="6">
         <v>3.65</v>
       </c>
       <c r="D14" s="6">
         <v>3.29</v>
       </c>
       <c r="E14" s="6">
-        <v>2.96</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="6">
         <v>0.0</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6">
         <v>1.27</v>
       </c>
       <c r="C15" s="6">
         <v>0.97</v>
       </c>
       <c r="D15" s="6">
         <v>1.05</v>
       </c>
       <c r="E15" s="6">
         <v>0.61</v>
       </c>
       <c r="F15" s="6">