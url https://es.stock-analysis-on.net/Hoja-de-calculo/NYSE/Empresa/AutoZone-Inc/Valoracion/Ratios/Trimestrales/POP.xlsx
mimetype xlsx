--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1027,60 +1027,60 @@
       <c r="C15" s="10">
         <v>48.43</v>
       </c>
       <c r="D15" s="10">
         <v>50.039999999999999</v>
       </c>
       <c r="E15" s="10">
         <v>81.28</v>
       </c>
       <c r="F15" s="10">
         <v>81.030000000000001</v>
       </c>
       <c r="G15" s="10">
         <v>86.5</v>
       </c>
       <c r="H15" s="10">
         <v>81.33</v>
       </c>
       <c r="I15" s="10">
         <v>89.87</v>
       </c>
       <c r="J15" s="10">
         <v>64.23999999999999</v>
       </c>
       <c r="K15" s="10">
-        <v>64.48</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="10">
-        <v>60.45</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="10">
-        <v>56.87</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="10">
-        <v>62.96</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="10">
         <v>0.0</v>
       </c>
       <c r="P15" s="10">
         <v>0.0</v>
       </c>
       <c r="Q15" s="10">
         <v>0.0</v>
       </c>
       <c r="R15" s="10">
         <v>0.0</v>
       </c>
       <c r="S15" s="10">
         <v>0.0</v>
       </c>
       <c r="T15" s="10">
         <v>0.0</v>
       </c>
       <c r="U15" s="10">
         <v>0.0</v>
       </c>
       <c r="V15" s="10">
         <v>0.0</v>
       </c>