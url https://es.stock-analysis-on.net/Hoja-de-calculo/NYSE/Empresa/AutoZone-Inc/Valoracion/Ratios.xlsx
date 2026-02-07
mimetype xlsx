--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -768,118 +768,118 @@
       <c r="B11" s="7">
         <v>987.21000000000004</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="7">
         <v>-245.99000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="9">
         <v>18.45</v>
       </c>
       <c r="C14" s="9">
-        <v>40.18</v>
+        <v>29.07</v>
       </c>
       <c r="D14" s="9">
-        <v>25.71</v>
+        <v>25.9</v>
       </c>
       <c r="E14" s="9">
-        <v>22.16</v>
+        <v>22.45</v>
       </c>
       <c r="F14" s="9">
-        <v>35.48</v>
+        <v>35.58</v>
       </c>
       <c r="G14" s="9">
-        <v>53.74</v>
+        <v>51.69</v>
       </c>
       <c r="H14" s="9">
-        <v>47.86</v>
+        <v>47.39</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="9">
         <v>13.42</v>
       </c>
       <c r="C15" s="9">
-        <v>34.71</v>
+        <v>28.23</v>
       </c>
       <c r="D15" s="9">
-        <v>17.68</v>
+        <v>17.81</v>
       </c>
       <c r="E15" s="9">
-        <v>14.73</v>
+        <v>14.92</v>
       </c>
       <c r="F15" s="9">
-        <v>27.38</v>
+        <v>27.46</v>
       </c>
       <c r="G15" s="9">
-        <v>40.68</v>
+        <v>39.13</v>
       </c>
       <c r="H15" s="9">
-        <v>41.53</v>
+        <v>41.12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="9">
         <v>2.67</v>
       </c>
       <c r="C16" s="9">
-        <v>3.73</v>
+        <v>3.15</v>
       </c>
       <c r="D16" s="9">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="E16" s="9">
-        <v>1.84</v>
+        <v>1.87</v>
       </c>
       <c r="F16" s="9">
-        <v>3.06</v>
+        <v>3.07</v>
       </c>
       <c r="G16" s="9">
-        <v>3.51</v>
+        <v>3.38</v>
       </c>
       <c r="H16" s="9">
-        <v>3.75</v>
+        <v>3.71</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10"/>
       <c r="E17" s="10"/>
       <c r="F17" s="10"/>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1210,51 +1210,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="9">
         <v>58.66</v>
       </c>
       <c r="C14" s="9">
         <v>0.0</v>
       </c>
       <c r="D14" s="9">
         <v>48.079999999999998</v>
       </c>
       <c r="E14" s="9">
-        <v>78.2</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="9">
         <v>0.0</v>
       </c>
       <c r="G14" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="9">
         <v>17.09</v>
       </c>
       <c r="C15" s="9">
         <v>19.94</v>
       </c>
       <c r="D15" s="9">
         <v>24.51</v>
       </c>
       <c r="E15" s="9">
         <v>17.38</v>
       </c>
       <c r="F15" s="9">
@@ -1558,51 +1558,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="9">
         <v>48.43</v>
       </c>
       <c r="C14" s="9">
         <v>86.5</v>
       </c>
       <c r="D14" s="9">
         <v>64.48</v>
       </c>
       <c r="E14" s="9">
-        <v>72.84999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="9">
         <v>0.0</v>
       </c>
       <c r="G14" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="9">
         <v>12.16</v>
       </c>
       <c r="C15" s="9">
         <v>14.22</v>
       </c>
       <c r="D15" s="9">
         <v>17.25</v>
       </c>
       <c r="E15" s="9">
         <v>12.33</v>
       </c>
       <c r="F15" s="9">
@@ -1906,51 +1906,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="9">
         <v>3.1</v>
       </c>
       <c r="C14" s="9">
         <v>2.06</v>
       </c>
       <c r="D14" s="9">
         <v>3.41</v>
       </c>
       <c r="E14" s="9">
-        <v>4.32</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="9">
         <v>0.0</v>
       </c>
       <c r="G14" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="9">
         <v>1.86</v>
       </c>
       <c r="C15" s="9">
         <v>2.17</v>
       </c>
       <c r="D15" s="9">
         <v>2.39</v>
       </c>
       <c r="E15" s="9">
         <v>1.77</v>
       </c>
       <c r="F15" s="9">
@@ -2254,51 +2254,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="9">
         <v>8.84</v>
       </c>
       <c r="C14" s="9">
         <v>7.25</v>
       </c>
       <c r="D14" s="9">
         <v>11.6</v>
       </c>
       <c r="E14" s="9">
-        <v>17.86</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="9">
         <v>0.0</v>
       </c>
       <c r="G14" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="9">
         <v>187.12</v>
       </c>
       <c r="C15" s="9">
         <v>0.0</v>
       </c>
       <c r="D15" s="9">
         <v>95.58</v>
       </c>
       <c r="E15" s="9">
         <v>0.0</v>
       </c>
       <c r="F15" s="9">