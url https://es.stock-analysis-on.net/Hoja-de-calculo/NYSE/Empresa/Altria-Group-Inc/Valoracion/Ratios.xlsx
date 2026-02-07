--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -797,144 +797,144 @@
       <c r="B13" s="7">
         <v>14.45</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="7">
         <v>-2.09</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="10">
         <v>11.35</v>
       </c>
       <c r="C16" s="10">
-        <v>31.77</v>
+        <v>31.98</v>
       </c>
       <c r="D16" s="10">
-        <v>16.88</v>
+        <v>16.8</v>
       </c>
       <c r="E16" s="10">
-        <v>27.79</v>
+        <v>28.28</v>
       </c>
       <c r="F16" s="10">
-        <v>40.15</v>
+        <v>40.32</v>
       </c>
       <c r="G16" s="10">
-        <v>28.5</v>
+        <v>28.72</v>
       </c>
       <c r="H16" s="10">
-        <v>41.33</v>
+        <v>42.07</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10">
         <v>27.57</v>
       </c>
       <c r="C17" s="10">
-        <v>29.28</v>
+        <v>29.48</v>
       </c>
       <c r="D17" s="10">
-        <v>15.78</v>
+        <v>15.71</v>
       </c>
       <c r="E17" s="10">
-        <v>24.79</v>
+        <v>25.23</v>
       </c>
       <c r="F17" s="10">
         <v>0.0</v>
       </c>
       <c r="G17" s="10">
-        <v>25.34</v>
+        <v>25.54</v>
       </c>
       <c r="H17" s="10">
-        <v>36.99</v>
+        <v>37.64</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="10">
         <v>7.99</v>
       </c>
       <c r="C18" s="10">
-        <v>33.8</v>
+        <v>34.020000000000003</v>
       </c>
       <c r="D18" s="10">
-        <v>12.27</v>
+        <v>12.21</v>
       </c>
       <c r="E18" s="10">
-        <v>19.91</v>
+        <v>20.26</v>
       </c>
       <c r="F18" s="10">
-        <v>21.14</v>
+        <v>21.23</v>
       </c>
       <c r="G18" s="10">
-        <v>22.99</v>
+        <v>23.17</v>
       </c>
       <c r="H18" s="10">
-        <v>30.78</v>
+        <v>31.33</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="10">
         <v>3.77</v>
       </c>
       <c r="C19" s="10">
-        <v>7.18</v>
+        <v>7.22</v>
       </c>
       <c r="D19" s="10">
-        <v>2.14</v>
+        <v>2.13</v>
       </c>
       <c r="E19" s="10">
-        <v>2.44</v>
+        <v>2.48</v>
       </c>
       <c r="F19" s="10">
-        <v>7.48</v>
+        <v>7.51</v>
       </c>
       <c r="G19" s="10">
-        <v>4.45</v>
+        <v>4.49</v>
       </c>
       <c r="H19" s="10">
-        <v>2.25</v>
+        <v>2.29</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="11"/>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
       <c r="G20" s="11"/>
       <c r="H20" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>