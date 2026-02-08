--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1390,60 +1390,60 @@
       <c r="I21" s="13">
         <v>3.16</v>
       </c>
       <c r="J21" s="13">
         <v>3.27</v>
       </c>
       <c r="K21" s="13">
         <v>3.23</v>
       </c>
       <c r="L21" s="13">
         <v>3.19</v>
       </c>
       <c r="M21" s="13">
         <v>3.23</v>
       </c>
       <c r="N21" s="13">
         <v>3.7</v>
       </c>
       <c r="O21" s="13">
         <v>3.91</v>
       </c>
       <c r="P21" s="13">
         <v>4.64</v>
       </c>
       <c r="Q21" s="13">
-        <v>4.62</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="13">
-        <v>3.99</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="13">
-        <v>3.69</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="13">
-        <v>2.82</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
         <v>4.3</v>
       </c>
       <c r="C22" s="13">
         <v>4.48</v>
       </c>
       <c r="D22" s="13">
         <v>4.6</v>
       </c>
       <c r="E22" s="13">
         <v>4.61</v>
       </c>
       <c r="F22" s="13">
         <v>4.5</v>
       </c>
       <c r="G22" s="13">
         <v>4.56</v>
       </c>
       <c r="H22" s="13">