--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -758,142 +758,142 @@
       <c r="B13" s="7">
         <v>157.94999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="7">
         <v>27.13</v>
       </c>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="10">
         <v>8.49</v>
       </c>
       <c r="C16" s="10">
-        <v>54.22</v>
+        <v>54.87</v>
       </c>
       <c r="D16" s="10">
-        <v>12.27</v>
+        <v>12.79</v>
       </c>
       <c r="E16" s="10">
-        <v>52.049999999999997</v>
+        <v>53.79</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="10">
         <v>7.77</v>
       </c>
       <c r="C17" s="10">
-        <v>48.52</v>
+        <v>49.1</v>
       </c>
       <c r="D17" s="10">
-        <v>10.54</v>
+        <v>10.99</v>
       </c>
       <c r="E17" s="10">
-        <v>47.17</v>
+        <v>48.75</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="10">
         <v>0.91</v>
       </c>
       <c r="C18" s="10">
-        <v>4.62</v>
+        <v>4.67</v>
       </c>
       <c r="D18" s="10">
-        <v>0.75</v>
+        <v>0.78</v>
       </c>
       <c r="E18" s="10">
-        <v>5.03</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="10">
         <v>6.76</v>
       </c>
       <c r="C19" s="10">
-        <v>42.29</v>
+        <v>42.8</v>
       </c>
       <c r="D19" s="10">
-        <v>9.02</v>
+        <v>9.4</v>
       </c>
       <c r="E19" s="10">
-        <v>34.47</v>
+        <v>35.63</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="10">
         <v>0.25</v>
       </c>
       <c r="C20" s="10">
-        <v>1.63</v>
+        <v>1.65</v>
       </c>
       <c r="D20" s="10">
-        <v>0.47</v>
+        <v>0.49</v>
       </c>
       <c r="E20" s="10">
-        <v>1.5</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="10">
         <v>1.44</v>
       </c>
       <c r="C21" s="10">
-        <v>15.06</v>
+        <v>15.24</v>
       </c>
       <c r="D21" s="10">
-        <v>3.42</v>
+        <v>3.57</v>
       </c>
       <c r="E21" s="10">
-        <v>11.12</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>