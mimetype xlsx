--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -710,51 +710,51 @@
       </c>
       <c r="E14" s="7">
         <v>38.0</v>
       </c>
       <c r="F14" s="7">
         <v>39.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="7">
         <v>28.0</v>
       </c>
       <c r="C15" s="7">
         <v>29.0</v>
       </c>
       <c r="D15" s="7">
         <v>27.0</v>
       </c>
       <c r="E15" s="7">
         <v>26.0</v>
       </c>
       <c r="F15" s="7">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="7">
         <v>22.0</v>
       </c>
       <c r="C16" s="7">
         <v>24.0</v>
       </c>
       <c r="D16" s="7">
         <v>22.0</v>
       </c>
       <c r="E16" s="7">
         <v>22.0</v>
       </c>
       <c r="F16" s="7">
         <v>21.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="10" t="s">
         <v>13</v>