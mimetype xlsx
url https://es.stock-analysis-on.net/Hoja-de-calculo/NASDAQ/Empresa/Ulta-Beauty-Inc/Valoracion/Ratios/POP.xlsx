--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -733,51 +733,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9">
         <v>48.43</v>
       </c>
       <c r="C14" s="9">
         <v>86.5</v>
       </c>
       <c r="D14" s="9">
         <v>64.48</v>
       </c>
       <c r="E14" s="9">
-        <v>72.84999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="9">
         <v>0.0</v>
       </c>
       <c r="G14" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="9">
         <v>12.16</v>
       </c>
       <c r="C15" s="9">
         <v>14.22</v>
       </c>
       <c r="D15" s="9">
         <v>17.25</v>
       </c>
       <c r="E15" s="9">
         <v>12.33</v>
       </c>
       <c r="F15" s="9">