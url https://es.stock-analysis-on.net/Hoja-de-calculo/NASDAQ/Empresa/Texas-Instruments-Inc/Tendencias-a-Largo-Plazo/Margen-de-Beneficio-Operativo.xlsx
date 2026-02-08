--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -500,1166 +500,1215 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H25" sqref="H25"/>
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4">
         <v>100</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.3494</v>
+        <v>0.3406</v>
       </c>
       <c r="F5" s="7">
-        <v>5465.0</v>
+        <v>6023.0</v>
       </c>
       <c r="H5" s="7">
-        <v>15641.0</v>
+        <v>17682.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.4185</v>
+        <v>0.3494</v>
       </c>
       <c r="F6" s="7">
-        <v>7331.0</v>
+        <v>5465.0</v>
       </c>
       <c r="H6" s="7">
-        <v>17519.0</v>
+        <v>15641.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.5063</v>
+        <v>0.4185</v>
       </c>
       <c r="F7" s="7">
-        <v>10140.0</v>
+        <v>7331.0</v>
       </c>
       <c r="H7" s="7">
-        <v>20028.0</v>
+        <v>17519.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.4884</v>
+        <v>0.5063</v>
       </c>
       <c r="F8" s="7">
-        <v>8960.0</v>
+        <v>10140.0</v>
       </c>
       <c r="H8" s="7">
-        <v>18344.0</v>
+        <v>20028.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.4076</v>
+        <v>0.4884</v>
       </c>
       <c r="F9" s="7">
-        <v>5894.0</v>
+        <v>8960.0</v>
       </c>
       <c r="H9" s="7">
-        <v>14461.0</v>
+        <v>18344.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.3979</v>
+        <v>0.4076</v>
       </c>
       <c r="F10" s="7">
-        <v>5723.0</v>
+        <v>5894.0</v>
       </c>
       <c r="H10" s="7">
-        <v>14383.0</v>
+        <v>14461.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.4253</v>
+        <v>0.3979</v>
       </c>
       <c r="F11" s="7">
-        <v>6713.0</v>
+        <v>5723.0</v>
       </c>
       <c r="H11" s="7">
-        <v>15784.0</v>
+        <v>14383.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.4066</v>
+        <v>0.4253</v>
       </c>
       <c r="F12" s="7">
-        <v>6083.0</v>
+        <v>6713.0</v>
       </c>
       <c r="H12" s="7">
-        <v>14961.0</v>
+        <v>15784.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.3589</v>
+        <v>0.4066</v>
       </c>
       <c r="F13" s="7">
-        <v>4799.0</v>
+        <v>6083.0</v>
       </c>
       <c r="H13" s="7">
-        <v>13370.0</v>
+        <v>14961.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.3288</v>
+        <v>0.3589</v>
       </c>
       <c r="F14" s="7">
-        <v>4274.0</v>
+        <v>4799.0</v>
       </c>
       <c r="H14" s="7">
-        <v>13000.0</v>
+        <v>13370.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.3026</v>
+        <v>0.3288</v>
       </c>
       <c r="F15" s="7">
-        <v>3947.0</v>
+        <v>4274.0</v>
       </c>
       <c r="H15" s="7">
-        <v>13045.0</v>
+        <v>13000.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.232</v>
+        <v>0.3026</v>
       </c>
       <c r="F16" s="7">
-        <v>2832.0</v>
+        <v>3947.0</v>
       </c>
       <c r="H16" s="7">
-        <v>12205.0</v>
+        <v>13045.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.1538</v>
+        <v>0.232</v>
       </c>
       <c r="F17" s="7">
-        <v>1973.0</v>
+        <v>2832.0</v>
       </c>
       <c r="H17" s="7">
-        <v>12825.0</v>
+        <v>12205.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2178</v>
+        <v>0.1538</v>
       </c>
       <c r="F18" s="7">
-        <v>2992.0</v>
+        <v>1973.0</v>
       </c>
       <c r="H18" s="7">
-        <v>13735.0</v>
+        <v>12825.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.3232</v>
+        <v>0.2178</v>
       </c>
       <c r="F19" s="7">
-        <v>4514.0</v>
+        <v>2992.0</v>
       </c>
       <c r="H19" s="7">
-        <v>13966.0</v>
+        <v>13735.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1909</v>
+        <v>0.3232</v>
       </c>
       <c r="F20" s="7">
-        <v>1991.0</v>
+        <v>4514.0</v>
       </c>
       <c r="H20" s="7">
-        <v>10427.0</v>
+        <v>13966.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.1949</v>
+        <v>0.1909</v>
       </c>
       <c r="F21" s="7">
-        <v>2437.0</v>
+        <v>1991.0</v>
       </c>
       <c r="H21" s="7">
-        <v>12501.0</v>
+        <v>10427.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.2528</v>
+        <v>0.1949</v>
       </c>
       <c r="F22" s="7">
-        <v>3497.0</v>
+        <v>2437.0</v>
       </c>
       <c r="H22" s="7">
-        <v>13835.0</v>
+        <v>12501.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.2362</v>
+        <v>0.2528</v>
       </c>
       <c r="F23" s="7">
-        <v>3367.0</v>
+        <v>3497.0</v>
       </c>
       <c r="H23" s="7">
-        <v>14255.0</v>
+        <v>13835.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.2362</v>
+      </c>
+      <c r="F24" s="7">
+        <v>3367.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>14255.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>0.2084</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F25" s="7">
         <v>2791.0</v>
       </c>
-      <c r="H24" s="7">
+      <c r="H25" s="7">
         <v>13392.0</v>
       </c>
     </row>
-    <row r="25" spans="1:8">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:8">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-[...5 lines deleted...]
-      <c r="H25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K25"/>
+  <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="K25" sqref="K25"/>
+      <selection activeCell="K26" sqref="K26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.3494</v>
+        <v>0.3406</v>
       </c>
       <c r="C5" s="6">
-        <v>0.0737</v>
+        <v>0.1066</v>
       </c>
       <c r="D5" s="6">
-        <v>0.2156</v>
+        <v>0.2661</v>
       </c>
       <c r="E5" s="6">
-        <v>0.2895</v>
+        <v>0.2922</v>
       </c>
       <c r="F5" s="6">
-        <v>0.261</v>
+        <v>0.3989</v>
       </c>
       <c r="G5" s="6">
-        <v>-0.2199</v>
+        <v>-0.0419</v>
       </c>
       <c r="H5" s="6">
-        <v>0.2861</v>
+        <v>0.3201</v>
       </c>
       <c r="I5" s="6">
-        <v>0.0519</v>
+        <v>0.2614</v>
       </c>
       <c r="J5" s="6">
-        <v>0.5412</v>
+        <v>0.6242</v>
       </c>
       <c r="K5" s="6">
-        <v>0.2585</v>
+        <v>0.279</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.4185</v>
+        <v>0.3494</v>
       </c>
       <c r="C6" s="6">
-        <v>0.0177</v>
+        <v>0.0737</v>
       </c>
       <c r="D6" s="6">
-        <v>0.3107</v>
+        <v>0.2156</v>
       </c>
       <c r="E6" s="6">
-        <v>0.2886</v>
+        <v>0.2895</v>
       </c>
       <c r="F6" s="6">
-        <v>0.4525</v>
+        <v>0.261</v>
       </c>
       <c r="G6" s="6">
-        <v>0.0017</v>
+        <v>-0.2199</v>
       </c>
       <c r="H6" s="6">
-        <v>0.2969</v>
+        <v>0.2861</v>
       </c>
       <c r="I6" s="6">
-        <v>-0.3697</v>
+        <v>0.0519</v>
       </c>
       <c r="J6" s="6">
-        <v>0.1566</v>
+        <v>0.5412</v>
       </c>
       <c r="K6" s="6">
-        <v>0.2174</v>
+        <v>0.2585</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.5063</v>
+        <v>0.4185</v>
       </c>
       <c r="C7" s="6">
-        <v>0.0536</v>
+        <v>0.0177</v>
       </c>
       <c r="D7" s="6">
-        <v>0.2729</v>
+        <v>0.3107</v>
       </c>
       <c r="E7" s="6">
-        <v>0.302</v>
+        <v>0.2886</v>
       </c>
       <c r="F7" s="6">
-        <v>0.4284</v>
+        <v>0.4525</v>
       </c>
       <c r="G7" s="6">
-        <v>0.037</v>
+        <v>0.0017</v>
       </c>
       <c r="H7" s="6">
-        <v>0.3124</v>
+        <v>0.2969</v>
       </c>
       <c r="I7" s="6">
-        <v>0.3154</v>
+        <v>-0.3697</v>
       </c>
       <c r="J7" s="6">
-        <v>0.3731</v>
+        <v>0.1566</v>
       </c>
       <c r="K7" s="6">
-        <v>0.3588</v>
+        <v>0.2174</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.4884</v>
+        <v>0.5063</v>
       </c>
       <c r="C8" s="6">
-        <v>0.222</v>
+        <v>0.0536</v>
       </c>
       <c r="D8" s="6">
-        <v>0.2312</v>
+        <v>0.2729</v>
       </c>
       <c r="E8" s="6">
-        <v>0.2987</v>
+        <v>0.302</v>
       </c>
       <c r="F8" s="6">
-        <v>0.3103</v>
+        <v>0.4284</v>
       </c>
       <c r="G8" s="6">
-        <v>0.2462</v>
+        <v>0.037</v>
       </c>
       <c r="H8" s="6">
-        <v>0.3064</v>
+        <v>0.3124</v>
       </c>
       <c r="I8" s="6">
-        <v>0.2268</v>
+        <v>0.3154</v>
       </c>
       <c r="J8" s="6">
-        <v>0.2718</v>
+        <v>0.3731</v>
       </c>
       <c r="K8" s="6">
-        <v>0.2916</v>
+        <v>0.3588</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.4076</v>
+        <v>0.4884</v>
       </c>
       <c r="C9" s="6">
-        <v>0.1402</v>
+        <v>0.222</v>
       </c>
       <c r="D9" s="6">
-        <v>0.2674</v>
+        <v>0.2312</v>
       </c>
       <c r="E9" s="6">
-        <v>0.2537</v>
+        <v>0.2987</v>
       </c>
       <c r="F9" s="6">
-        <v>0.168</v>
+        <v>0.3103</v>
       </c>
       <c r="G9" s="6">
-        <v>0.3041</v>
+        <v>0.2462</v>
       </c>
       <c r="H9" s="6">
-        <v>0.2662</v>
+        <v>0.3064</v>
       </c>
       <c r="I9" s="6">
-        <v>0.1401</v>
+        <v>0.2268</v>
       </c>
       <c r="J9" s="6">
-        <v>0.2607</v>
+        <v>0.2718</v>
       </c>
       <c r="K9" s="6">
-        <v>0.2658</v>
+        <v>0.2916</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.3979</v>
+        <v>0.4076</v>
       </c>
       <c r="C10" s="6">
-        <v>0.0937</v>
+        <v>0.1402</v>
       </c>
       <c r="D10" s="6">
-        <v>0.2855</v>
+        <v>0.2674</v>
       </c>
       <c r="E10" s="6">
-        <v>0.2293</v>
+        <v>0.2537</v>
       </c>
       <c r="F10" s="6">
-        <v>0.1524</v>
+        <v>0.168</v>
       </c>
       <c r="G10" s="6">
-        <v>0.3062</v>
+        <v>0.3041</v>
       </c>
       <c r="H10" s="6">
-        <v>0.2553</v>
+        <v>0.2662</v>
       </c>
       <c r="I10" s="6">
-        <v>0.3151</v>
+        <v>0.1401</v>
       </c>
       <c r="J10" s="6">
-        <v>0.3247</v>
+        <v>0.2607</v>
       </c>
       <c r="K10" s="6">
-        <v>0.3159</v>
+        <v>0.2658</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.4253</v>
+        <v>0.3979</v>
       </c>
       <c r="C11" s="6">
-        <v>0.0697</v>
+        <v>0.0937</v>
       </c>
       <c r="D11" s="6">
-        <v>0.3035</v>
+        <v>0.2855</v>
       </c>
       <c r="E11" s="6">
-        <v>0.278</v>
+        <v>0.2293</v>
       </c>
       <c r="F11" s="6">
-        <v>0.2463</v>
+        <v>0.1524</v>
       </c>
       <c r="G11" s="6">
-        <v>0.3291</v>
+        <v>0.3062</v>
       </c>
       <c r="H11" s="6">
-        <v>0.2901</v>
+        <v>0.2553</v>
       </c>
       <c r="I11" s="6">
-        <v>0.4934</v>
+        <v>0.3151</v>
       </c>
       <c r="J11" s="6">
-        <v>0.3305</v>
+        <v>0.3247</v>
       </c>
       <c r="K11" s="6">
-        <v>0.0326</v>
+        <v>0.3159</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.4066</v>
+        <v>0.4253</v>
       </c>
       <c r="C12" s="6">
-        <v>0.0383</v>
+        <v>0.0697</v>
       </c>
       <c r="D12" s="6">
-        <v>0.2066</v>
+        <v>0.3035</v>
       </c>
       <c r="E12" s="6">
-        <v>0.2661</v>
+        <v>0.278</v>
       </c>
       <c r="F12" s="6">
-        <v>0.1351</v>
+        <v>0.2463</v>
       </c>
       <c r="G12" s="6">
-        <v>0.2858</v>
+        <v>0.3291</v>
       </c>
       <c r="H12" s="6">
-        <v>0.2374</v>
+        <v>0.2901</v>
       </c>
       <c r="I12" s="6">
-        <v>0.2888</v>
+        <v>0.4934</v>
       </c>
       <c r="J12" s="6">
-        <v>0.2799</v>
+        <v>0.3305</v>
       </c>
       <c r="K12" s="6">
-        <v>0.1173</v>
+        <v>0.0326</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.3589</v>
+        <v>0.4066</v>
       </c>
       <c r="C13" s="6">
-        <v>-0.0871</v>
+        <v>0.0383</v>
       </c>
       <c r="D13" s="6">
-        <v>0.3005</v>
+        <v>0.2066</v>
       </c>
       <c r="E13" s="6">
-        <v>0.1988</v>
+        <v>0.2661</v>
       </c>
       <c r="F13" s="6">
-        <v>-0.0309</v>
+        <v>0.1351</v>
       </c>
       <c r="G13" s="6">
-        <v>0.2168</v>
+        <v>0.2858</v>
       </c>
       <c r="H13" s="6">
-        <v>0.1825</v>
+        <v>0.2374</v>
       </c>
       <c r="I13" s="6">
-        <v>0.0135</v>
+        <v>0.2888</v>
       </c>
       <c r="J13" s="6">
-        <v>0.1491</v>
+        <v>0.2799</v>
       </c>
       <c r="K13" s="6">
-        <v>0.2757</v>
+        <v>0.1173</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.3288</v>
+        <v>0.3589</v>
       </c>
       <c r="C14" s="6">
-        <v>-0.1205</v>
+        <v>-0.0871</v>
       </c>
       <c r="D14" s="6">
-        <v>0.2419</v>
+        <v>0.3005</v>
       </c>
       <c r="E14" s="6">
-        <v>0.1753</v>
+        <v>0.1988</v>
       </c>
       <c r="F14" s="6">
-        <v>0.2392</v>
+        <v>-0.0309</v>
       </c>
       <c r="G14" s="6">
-        <v>0.2529</v>
+        <v>0.2168</v>
       </c>
       <c r="H14" s="6">
-        <v>0.1498</v>
+        <v>0.1825</v>
       </c>
       <c r="I14" s="6">
-        <v>0.1852</v>
+        <v>0.0135</v>
       </c>
       <c r="J14" s="6">
-        <v>0.1621</v>
+        <v>0.1491</v>
       </c>
       <c r="K14" s="6">
-        <v>0.2285</v>
+        <v>0.2757</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.3026</v>
+        <v>0.3288</v>
       </c>
       <c r="C15" s="6">
-        <v>-0.0282</v>
+        <v>-0.1205</v>
       </c>
       <c r="D15" s="6">
-        <v>0.2627</v>
+        <v>0.2419</v>
       </c>
       <c r="E15" s="6">
-        <v>0.1675</v>
+        <v>0.1753</v>
       </c>
       <c r="F15" s="6">
-        <v>0.1026</v>
+        <v>0.2392</v>
       </c>
       <c r="G15" s="6">
-        <v>0.2747</v>
+        <v>0.2529</v>
       </c>
       <c r="H15" s="6">
-        <v>0.1471</v>
+        <v>0.1498</v>
       </c>
       <c r="I15" s="6">
-        <v>0.1887</v>
+        <v>0.1852</v>
       </c>
       <c r="J15" s="6">
-        <v>0.1201</v>
+        <v>0.1621</v>
       </c>
       <c r="K15" s="6">
-        <v>0.285</v>
+        <v>0.2285</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.232</v>
+        <v>0.3026</v>
       </c>
       <c r="C16" s="6">
-        <v>0.0194</v>
+        <v>-0.0282</v>
       </c>
       <c r="D16" s="6">
-        <v>0.2859</v>
+        <v>0.2627</v>
       </c>
       <c r="E16" s="6">
-        <v>0.0575</v>
+        <v>0.1675</v>
       </c>
       <c r="F16" s="6">
-        <v>0.219</v>
+        <v>0.1026</v>
       </c>
       <c r="G16" s="6">
-        <v>0.2332</v>
+        <v>0.2747</v>
       </c>
       <c r="H16" s="6">
-        <v>0.0328</v>
+        <v>0.1471</v>
       </c>
       <c r="I16" s="6">
-        <v>0.026</v>
+        <v>0.1887</v>
       </c>
       <c r="J16" s="6">
-        <v>0.1515</v>
+        <v>0.1201</v>
       </c>
       <c r="K16" s="6">
-        <v>0.2908</v>
+        <v>0.285</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.1538</v>
+        <v>0.232</v>
       </c>
       <c r="C17" s="6">
-        <v>-0.1948</v>
+        <v>0.0194</v>
       </c>
       <c r="D17" s="6">
-        <v>0.3051</v>
+        <v>0.2859</v>
       </c>
       <c r="E17" s="6">
-        <v>0.0471</v>
+        <v>0.0575</v>
       </c>
       <c r="F17" s="6">
-        <v>0.2462</v>
+        <v>0.219</v>
       </c>
       <c r="G17" s="6">
-        <v>0.2744</v>
+        <v>0.2332</v>
       </c>
       <c r="H17" s="6">
-        <v>0.0892</v>
+        <v>0.0328</v>
       </c>
       <c r="I17" s="6">
-        <v>-0.0751</v>
+        <v>0.026</v>
       </c>
       <c r="J17" s="6">
-        <v>0.1622</v>
+        <v>0.1515</v>
       </c>
       <c r="K17" s="6">
-        <v>0.2972</v>
+        <v>0.2908</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2178</v>
+        <v>0.1538</v>
       </c>
       <c r="C18" s="6">
-        <v>0.056</v>
+        <v>-0.1948</v>
       </c>
       <c r="D18" s="6">
-        <v>0.3581</v>
+        <v>0.3051</v>
       </c>
       <c r="E18" s="6">
-        <v>0.228</v>
+        <v>0.0471</v>
       </c>
       <c r="F18" s="6">
-        <v>0.25</v>
+        <v>0.2462</v>
       </c>
       <c r="G18" s="6">
-        <v>0.3237</v>
+        <v>0.2744</v>
       </c>
       <c r="H18" s="6">
-        <v>0.2484</v>
+        <v>0.0892</v>
       </c>
       <c r="I18" s="6">
-        <v>0.0859</v>
+        <v>-0.0751</v>
       </c>
       <c r="J18" s="6">
-        <v>0.0722</v>
+        <v>0.1622</v>
       </c>
       <c r="K18" s="6">
-        <v>0.336</v>
+        <v>0.2972</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.3232</v>
+        <v>0.2178</v>
       </c>
       <c r="C19" s="6">
-        <v>0.1306</v>
+        <v>0.056</v>
       </c>
       <c r="D19" s="6">
-        <v>0.3259</v>
+        <v>0.3581</v>
       </c>
       <c r="E19" s="6">
-        <v>0.1449</v>
+        <v>0.228</v>
       </c>
       <c r="F19" s="6">
-        <v>0.2226</v>
+        <v>0.25</v>
       </c>
       <c r="G19" s="6">
-        <v>0.3573</v>
+        <v>0.3237</v>
       </c>
       <c r="H19" s="6">
-        <v>0.1994</v>
+        <v>0.2484</v>
       </c>
       <c r="I19" s="6">
-        <v>0.1873</v>
+        <v>0.0859</v>
       </c>
       <c r="J19" s="6">
-        <v>-0.0297</v>
+        <v>0.0722</v>
       </c>
       <c r="K19" s="6">
-        <v>0.2987</v>
+        <v>0.336</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1909</v>
+        <v>0.3232</v>
       </c>
       <c r="C20" s="6">
-        <v>0.1229</v>
+        <v>0.1306</v>
       </c>
       <c r="D20" s="6">
-        <v>0.1414</v>
+        <v>0.3259</v>
       </c>
       <c r="E20" s="6">
-        <v>-0.0785</v>
+        <v>0.1449</v>
       </c>
       <c r="F20" s="6">
-        <v>0.0323</v>
+        <v>0.2226</v>
       </c>
       <c r="G20" s="6">
-        <v>0.1626</v>
+        <v>0.3573</v>
       </c>
       <c r="H20" s="6">
-        <v>-0.252</v>
+        <v>0.1994</v>
       </c>
       <c r="I20" s="6">
-        <v>-0.3487</v>
+        <v>0.1873</v>
       </c>
       <c r="J20" s="6">
-        <v>-0.0206</v>
+        <v>-0.0297</v>
       </c>
       <c r="K20" s="6">
-        <v>0.2137</v>
+        <v>0.2987</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.1949</v>
+        <v>0.1909</v>
       </c>
       <c r="C21" s="6">
-        <v>-0.3366</v>
+        <v>0.1229</v>
       </c>
       <c r="D21" s="6">
-        <v>0.242</v>
+        <v>0.1414</v>
       </c>
       <c r="E21" s="6">
-        <v>0.1667</v>
+        <v>-0.0785</v>
       </c>
       <c r="F21" s="6">
-        <v>0.0</v>
+        <v>0.0323</v>
       </c>
       <c r="G21" s="6">
-        <v>0.2382</v>
+        <v>0.1626</v>
       </c>
       <c r="H21" s="6">
-        <v>0.2058</v>
+        <v>-0.252</v>
       </c>
       <c r="I21" s="6">
-        <v>-0.2731</v>
+        <v>-0.3487</v>
       </c>
       <c r="J21" s="6">
-        <v>0.2041</v>
+        <v>-0.0206</v>
       </c>
       <c r="K21" s="6">
-        <v>0.3348</v>
+        <v>0.2137</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.2528</v>
+        <v>0.1949</v>
       </c>
       <c r="C22" s="6">
-        <v>-0.4765</v>
+        <v>-0.3366</v>
       </c>
       <c r="D22" s="6">
-        <v>0.2224</v>
+        <v>0.242</v>
       </c>
       <c r="E22" s="6">
-        <v>0.2436</v>
+        <v>0.1667</v>
       </c>
       <c r="F22" s="6">
         <v>0.0</v>
       </c>
       <c r="G22" s="6">
-        <v>0.2143</v>
+        <v>0.2382</v>
       </c>
       <c r="H22" s="6">
-        <v>0.3034</v>
+        <v>0.2058</v>
       </c>
       <c r="I22" s="6">
-        <v>-0.0492</v>
+        <v>-0.2731</v>
       </c>
       <c r="J22" s="6">
-        <v>0.1478</v>
+        <v>0.2041</v>
       </c>
       <c r="K22" s="6">
-        <v>0.325</v>
+        <v>0.3348</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.2362</v>
+        <v>0.2528</v>
       </c>
       <c r="C23" s="6">
-        <v>-0.0083</v>
+        <v>-0.4765</v>
       </c>
       <c r="D23" s="6">
-        <v>0.2144</v>
+        <v>0.2224</v>
       </c>
       <c r="E23" s="6">
-        <v>0.2204</v>
+        <v>0.2436</v>
       </c>
       <c r="F23" s="6">
         <v>0.0</v>
       </c>
       <c r="G23" s="6">
-        <v>0.1597</v>
+        <v>0.2143</v>
       </c>
       <c r="H23" s="6">
-        <v>0.2474</v>
+        <v>0.3034</v>
       </c>
       <c r="I23" s="6">
-        <v>0.0664</v>
+        <v>-0.0492</v>
       </c>
       <c r="J23" s="6">
-        <v>0.1432</v>
+        <v>0.1478</v>
       </c>
       <c r="K23" s="6">
-        <v>0.3574</v>
+        <v>0.325</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
-        <v>38717</v>
+        <v>39082</v>
       </c>
       <c r="B24" s="6">
-        <v>0.2084</v>
+        <v>0.2362</v>
       </c>
       <c r="C24" s="6">
-        <v>0.0396</v>
+        <v>-0.0083</v>
       </c>
       <c r="D24" s="6">
-        <v>0.216</v>
+        <v>0.2144</v>
       </c>
       <c r="E24" s="6">
-        <v>0.2071</v>
+        <v>0.2204</v>
       </c>
       <c r="F24" s="6">
         <v>0.0</v>
       </c>
       <c r="G24" s="6">
+        <v>0.1597</v>
+      </c>
+      <c r="H24" s="6">
+        <v>0.2474</v>
+      </c>
+      <c r="I24" s="6">
+        <v>0.0664</v>
+      </c>
+      <c r="J24" s="6">
+        <v>0.1432</v>
+      </c>
+      <c r="K24" s="6">
+        <v>0.3574</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0.2084</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0.0396</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0.216</v>
+      </c>
+      <c r="E25" s="6">
+        <v>0.2071</v>
+      </c>
+      <c r="F25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G25" s="6">
         <v>0.3114</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H25" s="6">
         <v>0.2602</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I25" s="6">
         <v>0.0446</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J25" s="6">
         <v>0.0565</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K25" s="6">
         <v>0.4206</v>
       </c>
     </row>
-    <row r="25" spans="1:11">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:11">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-[...8 lines deleted...]
-      <c r="K25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">